--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -1,67 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\3 Business Operations\EMT\Excel Version Internal Use\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F7B4C539-D4F7-42CF-B894-52F02E48963E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D5E9DB98-DA01-402C-982D-05235AB3C8C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{FA71F098-5AC9-46CF-92B9-72D25C619B89}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{A8D96D40-EF4B-4F62-A6B3-443AD6C6576A}"/>
   </bookViews>
   <sheets>
     <sheet name="KBI Global Investors_MiFIDII_EM" sheetId="1" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'KBI Global Investors_MiFIDII_EM'!$A$1:$DG$96</definedName>
+  </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4765" uniqueCount="343">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4862" uniqueCount="346">
   <si>
     <t>00001_EMT_Version</t>
   </si>
   <si>
     <t>00002_EMT_Producer_Name</t>
   </si>
   <si>
     <t>00003_EMT_Producer_LEI</t>
   </si>
   <si>
     <t>00004_EMT_Producer_Email</t>
   </si>
   <si>
     <t>00005_File_Generation_Date_And_Time</t>
   </si>
   <si>
     <t>00006_EMT_Data_Reporting_Target_Market</t>
   </si>
   <si>
     <t>00007_EMT_Data_Reporting_Ex_Ante</t>
   </si>
   <si>
     <t>00008_EMT_Data_Reporting_Ex_Post</t>
   </si>
   <si>
@@ -367,86 +370,92 @@
   <si>
     <t>10040_Financial_Instrument_Indirect_Costs_Closed_Ended_Ex_Post_UK</t>
   </si>
   <si>
     <t>10050_Financial_Instrument_Real_Assets_Costs_Ex_Post_UK</t>
   </si>
   <si>
     <t>10060_Does_Financial_Instrument_Produce_Client_Facing_Disclosures_UK</t>
   </si>
   <si>
     <t>V4.2</t>
   </si>
   <si>
     <t>Broadridge Ireland Limited</t>
   </si>
   <si>
     <t>213800WWTABZ1GOJHH37</t>
   </si>
   <si>
     <t>FCS_FundAnalytics@broadridge.com</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
+    <t>IE00073QEUA3</t>
+  </si>
+  <si>
+    <t>KBI Circular Economy Fund Class I EUR</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>U</t>
+  </si>
+  <si>
+    <t>KBI Global Investors</t>
+  </si>
+  <si>
+    <t>635400Q9ONBFNLALUK61</t>
+  </si>
+  <si>
+    <t>john.moran@kbigi.com</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>Neutral</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
     <t>IE000AYG4ZM5</t>
   </si>
   <si>
     <t>KBI Circular Economy Fund Class A EUR</t>
   </si>
   <si>
-    <t>EUR</t>
-[...28 lines deleted...]
-  <si>
     <t>IE000JJDZP30</t>
   </si>
   <si>
     <t>KBI Circular Economy Fund Class G EUR</t>
   </si>
   <si>
     <t>IE00B3PDJZ27</t>
   </si>
   <si>
     <t>KBI Developed Equity Fund EUR A</t>
   </si>
   <si>
     <t>IE00B4023Z96</t>
   </si>
   <si>
     <t>KBI Developed Equity Fund GBP C Dist</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>IE00B44BMH76</t>
   </si>
   <si>
     <t>KBI Developed Equity Fund EUR B</t>
@@ -640,50 +649,56 @@
   <si>
     <t>KBI Global Energy Transition Fund Euro Class E</t>
   </si>
   <si>
     <t>IE00096P2D02</t>
   </si>
   <si>
     <t>KBI Global Small Cap Equity Fund CZK Class A</t>
   </si>
   <si>
     <t>CZK</t>
   </si>
   <si>
     <t>IE000LGCUOU5</t>
   </si>
   <si>
     <t>KBI Global Small Cap Equity Fund EUR Class A</t>
   </si>
   <si>
     <t>IE0001P2RUJ0</t>
   </si>
   <si>
     <t>KBI Global Solutions Fund Class A GBP</t>
   </si>
   <si>
+    <t>IE000JEB1AU7</t>
+  </si>
+  <si>
+    <t>KBI Global Solutions Fund Class K EUR</t>
+  </si>
+  <si>
     <t>IE00B3QJ9N79</t>
   </si>
   <si>
     <t>KBI Global Solutions Fund  € Class A Accumulating</t>
   </si>
   <si>
     <t>IE00B4L2YF59</t>
   </si>
   <si>
     <t>KBI Global Solutions Fund € Class D Accumulating</t>
   </si>
   <si>
     <t>IE00BKLH2256</t>
   </si>
   <si>
     <t>KBI Global Solutions Fund Class G EUR</t>
   </si>
   <si>
     <t>IE0000XRFNC2</t>
   </si>
   <si>
     <t>KBI Global Sustainable Infrastructure Fund CZK A</t>
   </si>
   <si>
     <t>IE0004WX41H7</t>
@@ -973,60 +988,57 @@
   <si>
     <t>IE00BF1GL970</t>
   </si>
   <si>
     <t>KBI Integris Eurozone Equity Fund Series 10A</t>
   </si>
   <si>
     <t>XX0009021456</t>
   </si>
   <si>
     <t>KBI Ethical Managed Fund € Series 1A</t>
   </si>
   <si>
     <t>XX0033723372</t>
   </si>
   <si>
     <t>KBI Ethical Managed Fund £ Series 1A</t>
   </si>
   <si>
     <t>IE00BJ058362</t>
   </si>
   <si>
     <t>KBI Managed Fund Series 1A</t>
   </si>
   <si>
-    <t>2025-10-31 08:01:18</t>
-[...8 lines deleted...]
-    <t>.</t>
+    <t>2026-01-30 08:31:00</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
   </si>
   <si>
     <t>2011-07-20</t>
   </si>
   <si>
     <t>2011-02-04</t>
   </si>
   <si>
     <t>2010-12-08</t>
   </si>
   <si>
     <t>2018-12-10</t>
   </si>
   <si>
     <t>2012-03-09</t>
   </si>
   <si>
     <t>2009-11-10</t>
   </si>
   <si>
     <t>2009-09-23</t>
   </si>
   <si>
     <t>2021-08-25</t>
   </si>
@@ -1911,66 +1923,73 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{437C564F-E9B6-402E-BED8-2261CB12DBA5}">
-  <dimension ref="A1:DG95"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB6F3530-1146-451B-B2CB-55D0A7CB5F47}">
+  <dimension ref="A1:DG96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="5" max="5" width="18.28515625" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="103" max="103" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="1" max="4" width="8.88671875" style="1"/>
+    <col min="5" max="5" width="28.6640625" style="1" customWidth="1"/>
+    <col min="6" max="14" width="8.88671875" style="1"/>
+    <col min="15" max="15" width="10.33203125" style="1" bestFit="1" customWidth="1"/>
+    <col min="16" max="30" width="8.88671875" style="1"/>
+    <col min="31" max="31" width="10.33203125" style="1" bestFit="1" customWidth="1"/>
+    <col min="32" max="78" width="8.88671875" style="1"/>
+    <col min="79" max="79" width="10.33203125" style="1" bestFit="1" customWidth="1"/>
+    <col min="80" max="90" width="8.88671875" style="1"/>
+    <col min="91" max="92" width="10.33203125" style="1" bestFit="1" customWidth="1"/>
+    <col min="93" max="102" width="8.88671875" style="1"/>
+    <col min="103" max="103" width="10.33203125" style="1" bestFit="1" customWidth="1"/>
+    <col min="104" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
@@ -2261,23805 +2280,20725 @@
       <c r="CZ1" s="1" t="s">
         <v>103</v>
       </c>
       <c r="DA1" s="1" t="s">
         <v>104</v>
       </c>
       <c r="DB1" s="1" t="s">
         <v>105</v>
       </c>
       <c r="DC1" s="1" t="s">
         <v>106</v>
       </c>
       <c r="DD1" s="1" t="s">
         <v>107</v>
       </c>
       <c r="DE1" s="1" t="s">
         <v>108</v>
       </c>
       <c r="DF1" s="1" t="s">
         <v>109</v>
       </c>
       <c r="DG1" s="1" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="2" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J2" s="1">
         <v>1</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>117</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N2" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O2" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P2" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q2" s="1"/>
-      <c r="R2" s="1"/>
       <c r="S2" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T2" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U2" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V2" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W2" s="1"/>
-[...3 lines deleted...]
-      <c r="AA2" s="1"/>
       <c r="AB2" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC2" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD2" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE2" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF2" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG2" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH2" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI2" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ2" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK2" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL2" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM2" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN2" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO2" s="1"/>
       <c r="AP2" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ2" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR2" s="1">
         <v>4</v>
       </c>
       <c r="AS2" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU2" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV2" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW2" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX2" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY2" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ2" s="1"/>
       <c r="BA2" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB2" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC2" s="1">
         <v>5</v>
       </c>
       <c r="BD2" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE2" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF2" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG2" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH2" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI2" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ2" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM2" s="1"/>
+        <v>0.05</v>
+      </c>
       <c r="BN2" s="1">
         <v>0</v>
       </c>
       <c r="BO2" s="1">
         <v>0</v>
       </c>
       <c r="BP2" s="1">
         <v>0</v>
       </c>
       <c r="BQ2" s="1">
         <v>0</v>
       </c>
-      <c r="BR2" s="1"/>
       <c r="BS2" s="1">
-        <v>3.5000000000000001E-3</v>
+        <v>2.1499999999999998E-2</v>
       </c>
       <c r="BT2" s="1">
         <v>0</v>
       </c>
       <c r="BU2" s="1">
-        <v>0</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="BV2" s="1">
         <v>0</v>
       </c>
       <c r="BW2" s="1">
-        <v>2E-3</v>
+        <v>1.9E-3</v>
       </c>
       <c r="BX2" s="1">
         <v>0</v>
       </c>
-      <c r="BY2" s="1"/>
-      <c r="BZ2" s="1"/>
       <c r="CA2" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE2" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF2" s="1">
-        <v>3.5000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CG2" s="1"/>
+        <v>2.1499999999999998E-2</v>
+      </c>
       <c r="CH2" s="1">
         <v>0</v>
       </c>
       <c r="CI2" s="1">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="CJ2" s="1"/>
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="CJ2" s="1">
+        <v>0</v>
+      </c>
       <c r="CK2" s="1">
-        <v>2.5000000000000001E-3</v>
+        <v>1.8E-3</v>
       </c>
       <c r="CL2" s="1">
         <v>0</v>
       </c>
       <c r="CM2" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN2" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX2" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY2" s="2"/>
-      <c r="CZ2" s="1"/>
-[...6 lines deleted...]
-      <c r="DG2" s="1"/>
     </row>
-    <row r="3" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>128</v>
       </c>
       <c r="J3" s="1">
         <v>1</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>129</v>
       </c>
       <c r="L3" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M3" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N3" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O3" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P3" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q3" s="1"/>
-      <c r="R3" s="1"/>
       <c r="S3" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T3" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U3" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V3" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W3" s="1"/>
-[...3 lines deleted...]
-      <c r="AA3" s="1"/>
       <c r="AB3" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD3" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE3" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF3" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL3" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM3" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN3" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO3" s="1"/>
       <c r="AP3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR3" s="1">
         <v>4</v>
       </c>
       <c r="AS3" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU3" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV3" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW3" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY3" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ3" s="1"/>
       <c r="BA3" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC3" s="1">
         <v>5</v>
       </c>
       <c r="BD3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE3" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF3" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG3" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH3" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI3" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ3" s="1">
-        <v>0.05</v>
-[...3 lines deleted...]
-      <c r="BM3" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN3" s="1">
         <v>0</v>
       </c>
       <c r="BO3" s="1">
         <v>0</v>
       </c>
       <c r="BP3" s="1">
         <v>0</v>
       </c>
       <c r="BQ3" s="1">
         <v>0</v>
       </c>
-      <c r="BR3" s="1"/>
       <c r="BS3" s="1">
-        <v>2.1499999999999998E-2</v>
+        <v>3.5000000000000001E-3</v>
       </c>
       <c r="BT3" s="1">
         <v>0</v>
       </c>
       <c r="BU3" s="1">
-        <v>1.7999999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="BV3" s="1">
         <v>0</v>
       </c>
       <c r="BW3" s="1">
-        <v>2E-3</v>
+        <v>1.9E-3</v>
       </c>
       <c r="BX3" s="1">
         <v>0</v>
       </c>
-      <c r="BY3" s="1"/>
-      <c r="BZ3" s="1"/>
       <c r="CA3" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE3" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF3" s="1">
-        <v>2.1499999999999998E-2</v>
-[...1 lines deleted...]
-      <c r="CG3" s="1"/>
+        <v>3.5000000000000001E-3</v>
+      </c>
       <c r="CH3" s="1">
         <v>0</v>
       </c>
       <c r="CI3" s="1">
-        <v>1.7999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ3" s="1"/>
+        <v>0</v>
+      </c>
+      <c r="CJ3" s="1">
+        <v>0</v>
+      </c>
       <c r="CK3" s="1">
-        <v>2.5000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CL3" s="1"/>
+        <v>1.8E-3</v>
+      </c>
+      <c r="CL3" s="1">
+        <v>0</v>
+      </c>
       <c r="CM3" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN3" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX3" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY3" s="2"/>
-      <c r="CZ3" s="1"/>
-[...6 lines deleted...]
-      <c r="DG3" s="1"/>
     </row>
-    <row r="4" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>130</v>
       </c>
       <c r="J4" s="1">
         <v>1</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>131</v>
       </c>
       <c r="L4" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M4" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N4" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O4" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P4" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q4" s="1"/>
-      <c r="R4" s="1"/>
       <c r="S4" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T4" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U4" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V4" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W4" s="1"/>
-[...3 lines deleted...]
-      <c r="AA4" s="1"/>
       <c r="AB4" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC4" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD4" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE4" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF4" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG4" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH4" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI4" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ4" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK4" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL4" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM4" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN4" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO4" s="1"/>
       <c r="AP4" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ4" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR4" s="1">
         <v>4</v>
       </c>
       <c r="AS4" s="1">
         <v>5</v>
       </c>
-      <c r="AT4" s="1"/>
-      <c r="AU4" s="1"/>
       <c r="AV4" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW4" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX4" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY4" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ4" s="1"/>
       <c r="BA4" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB4" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC4" s="1">
         <v>5</v>
       </c>
       <c r="BD4" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE4" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF4" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG4" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH4" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI4" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ4" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM4" s="1"/>
+        <v>0.05</v>
+      </c>
       <c r="BN4" s="1">
         <v>0</v>
       </c>
       <c r="BO4" s="1">
         <v>0</v>
       </c>
       <c r="BP4" s="1">
         <v>0</v>
       </c>
       <c r="BQ4" s="1">
         <v>0</v>
       </c>
-      <c r="BR4" s="1"/>
       <c r="BS4" s="1">
-        <v>1.5E-3</v>
+        <v>1.8499999999999999E-2</v>
       </c>
       <c r="BT4" s="1">
         <v>0</v>
       </c>
       <c r="BU4" s="1">
-        <v>0</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="BV4" s="1">
         <v>0</v>
       </c>
       <c r="BW4" s="1">
-        <v>4.7000000000000002E-3</v>
+        <v>1.9E-3</v>
       </c>
       <c r="BX4" s="1">
         <v>0</v>
       </c>
-      <c r="BY4" s="1"/>
-      <c r="BZ4" s="1"/>
       <c r="CA4" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE4" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF4" s="1">
-        <v>1.5E-3</v>
-[...1 lines deleted...]
-      <c r="CG4" s="1"/>
+        <v>1.8499999999999999E-2</v>
+      </c>
       <c r="CH4" s="1">
         <v>0</v>
       </c>
       <c r="CI4" s="1">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="CJ4" s="1"/>
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="CJ4" s="1">
+        <v>0</v>
+      </c>
       <c r="CK4" s="1">
-        <v>4.5999999999999999E-3</v>
+        <v>1.8E-3</v>
       </c>
       <c r="CL4" s="1">
         <v>0</v>
       </c>
       <c r="CM4" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN4" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX4" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY4" s="2"/>
-      <c r="CZ4" s="1"/>
-[...6 lines deleted...]
-      <c r="DG4" s="1"/>
     </row>
-    <row r="5" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>132</v>
       </c>
       <c r="J5" s="1">
         <v>1</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>133</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="O5" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P5" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q5" s="1"/>
-      <c r="R5" s="1"/>
       <c r="S5" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T5" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U5" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V5" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W5" s="1"/>
-[...3 lines deleted...]
-      <c r="AA5" s="1"/>
       <c r="AB5" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC5" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD5" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE5" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF5" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG5" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH5" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI5" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ5" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK5" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL5" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM5" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN5" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO5" s="1"/>
       <c r="AP5" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ5" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR5" s="1">
         <v>4</v>
       </c>
       <c r="AS5" s="1">
         <v>5</v>
       </c>
-      <c r="AT5" s="1"/>
-      <c r="AU5" s="1"/>
       <c r="AV5" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW5" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX5" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY5" s="1" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="AZ5" s="1"/>
+        <v>126</v>
+      </c>
       <c r="BA5" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB5" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC5" s="1">
         <v>5</v>
       </c>
       <c r="BD5" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE5" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF5" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG5" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH5" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI5" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ5" s="1">
         <v>0</v>
       </c>
-      <c r="BK5" s="1"/>
-[...1 lines deleted...]
-      <c r="BM5" s="1"/>
       <c r="BN5" s="1">
         <v>0</v>
       </c>
       <c r="BO5" s="1">
         <v>0</v>
       </c>
       <c r="BP5" s="1">
         <v>0</v>
       </c>
       <c r="BQ5" s="1">
         <v>0</v>
       </c>
-      <c r="BR5" s="1"/>
       <c r="BS5" s="1">
-        <v>6.4999999999999997E-3</v>
+        <v>1.6000000000000001E-3</v>
       </c>
       <c r="BT5" s="1">
         <v>0</v>
       </c>
       <c r="BU5" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="BV5" s="1">
         <v>0</v>
       </c>
       <c r="BW5" s="1">
-        <v>4.7000000000000002E-3</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="BX5" s="1">
         <v>0</v>
       </c>
-      <c r="BY5" s="1"/>
-      <c r="BZ5" s="1"/>
       <c r="CA5" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE5" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF5" s="1">
-        <v>6.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CG5" s="1"/>
+        <v>1.6000000000000001E-3</v>
+      </c>
       <c r="CH5" s="1">
         <v>0</v>
       </c>
       <c r="CI5" s="1">
-        <v>5.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ5" s="1"/>
+        <v>0</v>
+      </c>
+      <c r="CJ5" s="1">
+        <v>0</v>
+      </c>
       <c r="CK5" s="1">
-        <v>4.5999999999999999E-3</v>
+        <v>5.1000000000000004E-3</v>
       </c>
       <c r="CL5" s="1">
         <v>0</v>
       </c>
       <c r="CM5" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN5" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG5" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY5" s="2"/>
     </row>
-    <row r="6" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="J6" s="1">
         <v>1</v>
       </c>
       <c r="K6" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="L6" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="L6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M6" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N6" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="O6" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P6" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q6" s="1"/>
-      <c r="R6" s="1"/>
       <c r="S6" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T6" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U6" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V6" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W6" s="1"/>
-[...3 lines deleted...]
-      <c r="AA6" s="1"/>
       <c r="AB6" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC6" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD6" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE6" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF6" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG6" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH6" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI6" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ6" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK6" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL6" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM6" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN6" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO6" s="1"/>
       <c r="AP6" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ6" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR6" s="1">
         <v>4</v>
       </c>
       <c r="AS6" s="1">
         <v>5</v>
       </c>
-      <c r="AT6" s="1"/>
-      <c r="AU6" s="1"/>
       <c r="AV6" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW6" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX6" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY6" s="1" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="AZ6" s="1"/>
+        <v>115</v>
+      </c>
       <c r="BA6" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB6" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC6" s="1">
         <v>5</v>
       </c>
       <c r="BD6" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE6" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF6" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG6" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH6" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI6" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ6" s="1">
         <v>0</v>
       </c>
-      <c r="BK6" s="1"/>
-[...1 lines deleted...]
-      <c r="BM6" s="1"/>
       <c r="BN6" s="1">
         <v>0</v>
       </c>
       <c r="BO6" s="1">
         <v>0</v>
       </c>
       <c r="BP6" s="1">
         <v>0</v>
       </c>
       <c r="BQ6" s="1">
         <v>0</v>
       </c>
-      <c r="BR6" s="1"/>
       <c r="BS6" s="1">
-        <v>5.3E-3</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BT6" s="1">
         <v>0</v>
       </c>
       <c r="BU6" s="1">
-        <v>3.7499999999999999E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="BV6" s="1">
         <v>0</v>
       </c>
       <c r="BW6" s="1">
-        <v>4.7000000000000002E-3</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="BX6" s="1">
         <v>0</v>
       </c>
-      <c r="BY6" s="1"/>
-      <c r="BZ6" s="1"/>
       <c r="CA6" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE6" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF6" s="1">
-        <v>5.3E-3</v>
-[...1 lines deleted...]
-      <c r="CG6" s="1"/>
+        <v>6.6E-3</v>
+      </c>
       <c r="CH6" s="1">
         <v>0</v>
       </c>
       <c r="CI6" s="1">
-        <v>3.7499999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CJ6" s="1"/>
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="CJ6" s="1">
+        <v>0</v>
+      </c>
       <c r="CK6" s="1">
+        <v>5.1000000000000004E-3</v>
+      </c>
+      <c r="CL6" s="1">
+        <v>0</v>
+      </c>
+      <c r="CM6" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="CN6" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CQ6" s="1">
         <v>4.5999999999999999E-3</v>
       </c>
-      <c r="CL6" s="1">
-[...26 lines deleted...]
-      <c r="DG6" s="1"/>
+      <c r="CR6" s="1">
+        <v>5.1000000000000004E-3</v>
+      </c>
+      <c r="CS6" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT6" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW6" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY6" s="2" t="s">
+        <v>325</v>
+      </c>
     </row>
-    <row r="7" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>137</v>
       </c>
       <c r="J7" s="1">
         <v>1</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>138</v>
       </c>
       <c r="L7" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M7" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N7" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O7" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P7" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q7" s="1"/>
-      <c r="R7" s="1"/>
       <c r="S7" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T7" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U7" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V7" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W7" s="1"/>
-[...5 lines deleted...]
-      <c r="AA7" s="1"/>
       <c r="AB7" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC7" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD7" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE7" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF7" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG7" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH7" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI7" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ7" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK7" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL7" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM7" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN7" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO7" s="1"/>
       <c r="AP7" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ7" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR7" s="1">
         <v>4</v>
       </c>
       <c r="AS7" s="1">
         <v>5</v>
       </c>
-      <c r="AT7" s="1"/>
-      <c r="AU7" s="1"/>
       <c r="AV7" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW7" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX7" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY7" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ7" s="1"/>
       <c r="BA7" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB7" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC7" s="1">
         <v>5</v>
       </c>
       <c r="BD7" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE7" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF7" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG7" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH7" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI7" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ7" s="1">
         <v>0</v>
       </c>
-      <c r="BK7" s="1"/>
-[...1 lines deleted...]
-      <c r="BM7" s="1"/>
       <c r="BN7" s="1">
         <v>0</v>
       </c>
       <c r="BO7" s="1">
         <v>0</v>
       </c>
       <c r="BP7" s="1">
         <v>0</v>
       </c>
       <c r="BQ7" s="1">
         <v>0</v>
       </c>
-      <c r="BR7" s="1"/>
       <c r="BS7" s="1">
-        <v>7.4999999999999997E-3</v>
+        <v>5.4000000000000003E-3</v>
       </c>
       <c r="BT7" s="1">
         <v>0</v>
       </c>
       <c r="BU7" s="1">
-        <v>6.0000000000000001E-3</v>
+        <v>3.7499999999999999E-3</v>
       </c>
       <c r="BV7" s="1">
         <v>0</v>
       </c>
       <c r="BW7" s="1">
-        <v>4.7000000000000002E-3</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="BX7" s="1">
         <v>0</v>
       </c>
-      <c r="BY7" s="1"/>
-      <c r="BZ7" s="1"/>
       <c r="CA7" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE7" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF7" s="1">
-        <v>7.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CG7" s="1"/>
+        <v>5.4000000000000003E-3</v>
+      </c>
       <c r="CH7" s="1">
         <v>0</v>
       </c>
       <c r="CI7" s="1">
-        <v>6.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ7" s="1"/>
+        <v>3.7499999999999999E-3</v>
+      </c>
+      <c r="CJ7" s="1">
+        <v>0</v>
+      </c>
       <c r="CK7" s="1">
-        <v>4.5999999999999999E-3</v>
+        <v>5.1000000000000004E-3</v>
       </c>
       <c r="CL7" s="1">
         <v>0</v>
       </c>
       <c r="CM7" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN7" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX7" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY7" s="2"/>
-      <c r="CZ7" s="1"/>
-[...6 lines deleted...]
-      <c r="DG7" s="1"/>
     </row>
-    <row r="8" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>139</v>
       </c>
       <c r="J8" s="1">
         <v>1</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>140</v>
       </c>
       <c r="L8" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M8" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="O8" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P8" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q8" s="1"/>
-      <c r="R8" s="1"/>
       <c r="S8" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T8" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U8" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V8" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W8" s="1"/>
-      <c r="X8" s="1"/>
       <c r="Y8" s="1">
         <v>13</v>
       </c>
-      <c r="Z8" s="1"/>
-      <c r="AA8" s="1"/>
       <c r="AB8" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC8" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD8" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE8" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF8" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG8" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH8" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI8" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ8" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK8" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL8" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM8" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN8" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO8" s="1"/>
       <c r="AP8" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ8" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR8" s="1">
         <v>4</v>
       </c>
       <c r="AS8" s="1">
         <v>5</v>
       </c>
-      <c r="AT8" s="1"/>
-      <c r="AU8" s="1"/>
       <c r="AV8" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW8" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX8" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY8" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ8" s="1"/>
       <c r="BA8" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB8" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC8" s="1">
         <v>5</v>
       </c>
       <c r="BD8" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE8" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF8" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG8" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH8" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI8" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ8" s="1">
         <v>0</v>
       </c>
-      <c r="BK8" s="1"/>
-[...1 lines deleted...]
-      <c r="BM8" s="1"/>
       <c r="BN8" s="1">
         <v>0</v>
       </c>
       <c r="BO8" s="1">
         <v>0</v>
       </c>
       <c r="BP8" s="1">
         <v>0</v>
       </c>
       <c r="BQ8" s="1">
         <v>0</v>
       </c>
-      <c r="BR8" s="1"/>
       <c r="BS8" s="1">
-        <v>4.4000000000000003E-3</v>
+        <v>7.6E-3</v>
       </c>
       <c r="BT8" s="1">
         <v>0</v>
       </c>
       <c r="BU8" s="1">
-        <v>3.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="BV8" s="1">
         <v>0</v>
       </c>
       <c r="BW8" s="1">
-        <v>4.7000000000000002E-3</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="BX8" s="1">
         <v>0</v>
       </c>
-      <c r="BY8" s="1"/>
-      <c r="BZ8" s="1"/>
       <c r="CA8" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE8" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF8" s="1">
-        <v>4.4000000000000003E-3</v>
-[...1 lines deleted...]
-      <c r="CG8" s="1"/>
+        <v>7.6E-3</v>
+      </c>
       <c r="CH8" s="1">
         <v>0</v>
       </c>
       <c r="CI8" s="1">
-        <v>3.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ8" s="1"/>
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="CJ8" s="1">
+        <v>0</v>
+      </c>
       <c r="CK8" s="1">
-        <v>4.5999999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CL8" s="1"/>
+        <v>5.1000000000000004E-3</v>
+      </c>
+      <c r="CL8" s="1">
+        <v>0</v>
+      </c>
       <c r="CM8" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN8" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX8" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY8" s="2"/>
-      <c r="CZ8" s="1"/>
-[...6 lines deleted...]
-      <c r="DG8" s="1"/>
     </row>
-    <row r="9" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>141</v>
       </c>
       <c r="J9" s="1">
         <v>1</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>142</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="M9" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N9" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="O9" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P9" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q9" s="1"/>
-      <c r="R9" s="1"/>
       <c r="S9" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T9" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U9" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V9" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W9" s="1"/>
-[...3 lines deleted...]
-      <c r="AA9" s="1"/>
+      <c r="Y9" s="1">
+        <v>13</v>
+      </c>
       <c r="AB9" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC9" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD9" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE9" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF9" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG9" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH9" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI9" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ9" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK9" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL9" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM9" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN9" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO9" s="1"/>
       <c r="AP9" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ9" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR9" s="1">
         <v>4</v>
       </c>
       <c r="AS9" s="1">
         <v>5</v>
       </c>
-      <c r="AT9" s="1"/>
-      <c r="AU9" s="1"/>
       <c r="AV9" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW9" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX9" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY9" s="1" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="AZ9" s="1"/>
+        <v>115</v>
+      </c>
       <c r="BA9" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB9" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC9" s="1">
         <v>5</v>
       </c>
       <c r="BD9" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE9" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF9" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG9" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH9" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI9" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ9" s="1">
         <v>0</v>
       </c>
-      <c r="BK9" s="1"/>
-[...1 lines deleted...]
-      <c r="BM9" s="1"/>
       <c r="BN9" s="1">
         <v>0</v>
       </c>
       <c r="BO9" s="1">
         <v>0</v>
       </c>
       <c r="BP9" s="1">
         <v>0</v>
       </c>
       <c r="BQ9" s="1">
         <v>0</v>
       </c>
-      <c r="BR9" s="1"/>
       <c r="BS9" s="1">
-        <v>6.4999999999999997E-3</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="BT9" s="1">
         <v>0</v>
       </c>
       <c r="BU9" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="BV9" s="1">
         <v>0</v>
       </c>
       <c r="BW9" s="1">
-        <v>4.7000000000000002E-3</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="BX9" s="1">
         <v>0</v>
       </c>
-      <c r="BY9" s="1"/>
-      <c r="BZ9" s="1"/>
       <c r="CA9" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE9" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF9" s="1">
-        <v>6.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CG9" s="1"/>
+        <v>4.5999999999999999E-3</v>
+      </c>
       <c r="CH9" s="1">
         <v>0</v>
       </c>
       <c r="CI9" s="1">
-        <v>5.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ9" s="1"/>
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="CJ9" s="1">
+        <v>0</v>
+      </c>
       <c r="CK9" s="1">
-        <v>4.5999999999999999E-3</v>
+        <v>5.1000000000000004E-3</v>
       </c>
       <c r="CL9" s="1">
         <v>0</v>
       </c>
       <c r="CM9" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN9" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG9" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY9" s="2"/>
     </row>
-    <row r="10" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>143</v>
       </c>
       <c r="J10" s="1">
         <v>1</v>
       </c>
       <c r="K10" s="1" t="s">
         <v>144</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>118</v>
+        <v>136</v>
       </c>
       <c r="M10" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N10" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O10" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P10" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q10" s="1"/>
-      <c r="R10" s="1"/>
       <c r="S10" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T10" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U10" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V10" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W10" s="1"/>
-[...3 lines deleted...]
-      <c r="AA10" s="1"/>
       <c r="AB10" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD10" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE10" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF10" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL10" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM10" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN10" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO10" s="1"/>
       <c r="AP10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR10" s="1">
         <v>4</v>
       </c>
       <c r="AS10" s="1">
         <v>5</v>
       </c>
-      <c r="AT10" s="1"/>
-      <c r="AU10" s="1"/>
       <c r="AV10" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW10" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY10" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ10" s="1"/>
       <c r="BA10" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC10" s="1">
         <v>5</v>
       </c>
       <c r="BD10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE10" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF10" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG10" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH10" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI10" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ10" s="1">
         <v>0</v>
       </c>
-      <c r="BK10" s="1"/>
-[...1 lines deleted...]
-      <c r="BM10" s="1"/>
       <c r="BN10" s="1">
         <v>0</v>
       </c>
       <c r="BO10" s="1">
         <v>0</v>
       </c>
       <c r="BP10" s="1">
         <v>0</v>
       </c>
       <c r="BQ10" s="1">
         <v>0</v>
       </c>
-      <c r="BR10" s="1"/>
       <c r="BS10" s="1">
-        <v>6.4999999999999997E-3</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BT10" s="1">
         <v>0</v>
       </c>
       <c r="BU10" s="1">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="BV10" s="1">
         <v>0</v>
       </c>
       <c r="BW10" s="1">
-        <v>4.7000000000000002E-3</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="BX10" s="1">
         <v>0</v>
       </c>
-      <c r="BY10" s="1"/>
-      <c r="BZ10" s="1"/>
       <c r="CA10" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE10" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF10" s="1">
-        <v>6.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CG10" s="1"/>
+        <v>6.6E-3</v>
+      </c>
       <c r="CH10" s="1">
         <v>0</v>
       </c>
       <c r="CI10" s="1">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="CJ10" s="1"/>
+      <c r="CJ10" s="1">
+        <v>0</v>
+      </c>
       <c r="CK10" s="1">
+        <v>5.1000000000000004E-3</v>
+      </c>
+      <c r="CL10" s="1">
+        <v>0</v>
+      </c>
+      <c r="CM10" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="CN10" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CQ10" s="1">
         <v>4.5999999999999999E-3</v>
       </c>
-      <c r="CL10" s="1">
-[...12 lines deleted...]
-      </c>
       <c r="CR10" s="1">
-        <v>4.5999999999999999E-3</v>
+        <v>5.1000000000000004E-3</v>
       </c>
       <c r="CS10" s="1" t="s">
         <v>115</v>
       </c>
       <c r="CT10" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="CU10" s="1"/>
-      <c r="CV10" s="1"/>
       <c r="CW10" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="CX10" s="1"/>
       <c r="CY10" s="2" t="s">
-        <v>324</v>
-[...8 lines deleted...]
-      <c r="DG10" s="1"/>
+        <v>326</v>
+      </c>
     </row>
-    <row r="11" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>145</v>
       </c>
       <c r="J11" s="1">
         <v>1</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>146</v>
       </c>
       <c r="L11" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M11" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N11" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O11" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P11" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q11" s="1"/>
-      <c r="R11" s="1"/>
       <c r="S11" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T11" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U11" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V11" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W11" s="1"/>
-[...5 lines deleted...]
-      <c r="AA11" s="1"/>
       <c r="AB11" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD11" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE11" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF11" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL11" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM11" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN11" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO11" s="1"/>
       <c r="AP11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR11" s="1">
         <v>4</v>
       </c>
       <c r="AS11" s="1">
         <v>5</v>
       </c>
-      <c r="AT11" s="1"/>
-      <c r="AU11" s="1"/>
       <c r="AV11" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW11" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY11" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ11" s="1"/>
       <c r="BA11" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC11" s="1">
         <v>5</v>
       </c>
       <c r="BD11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE11" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF11" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG11" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH11" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI11" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ11" s="1">
-        <v>0.05</v>
-[...3 lines deleted...]
-      <c r="BM11" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN11" s="1">
         <v>0</v>
       </c>
       <c r="BO11" s="1">
         <v>0</v>
       </c>
       <c r="BP11" s="1">
         <v>0</v>
       </c>
       <c r="BQ11" s="1">
         <v>0</v>
       </c>
-      <c r="BR11" s="1"/>
       <c r="BS11" s="1">
-        <v>1.6400000000000001E-2</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BT11" s="1">
         <v>0</v>
       </c>
       <c r="BU11" s="1">
-        <v>1.4999999999999999E-2</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="BV11" s="1">
         <v>0</v>
       </c>
       <c r="BW11" s="1">
-        <v>4.7000000000000002E-3</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="BX11" s="1">
         <v>0</v>
       </c>
-      <c r="BY11" s="1"/>
-      <c r="BZ11" s="1"/>
       <c r="CA11" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE11" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF11" s="1">
-        <v>1.6400000000000001E-2</v>
-[...1 lines deleted...]
-      <c r="CG11" s="1"/>
+        <v>6.6E-3</v>
+      </c>
       <c r="CH11" s="1">
         <v>0</v>
       </c>
       <c r="CI11" s="1">
-        <v>1.4999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ11" s="1"/>
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="CJ11" s="1">
+        <v>0</v>
+      </c>
       <c r="CK11" s="1">
+        <v>5.1000000000000004E-3</v>
+      </c>
+      <c r="CL11" s="1">
+        <v>0</v>
+      </c>
+      <c r="CM11" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="CN11" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CQ11" s="1">
         <v>4.5999999999999999E-3</v>
       </c>
-      <c r="CL11" s="1">
-[...26 lines deleted...]
-      <c r="DG11" s="1"/>
+      <c r="CR11" s="1">
+        <v>5.1000000000000004E-3</v>
+      </c>
+      <c r="CS11" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT11" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW11" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY11" s="2" t="s">
+        <v>327</v>
+      </c>
     </row>
-    <row r="12" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>147</v>
       </c>
       <c r="J12" s="1">
         <v>1</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>148</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>149</v>
+        <v>118</v>
       </c>
       <c r="M12" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="O12" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P12" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q12" s="1"/>
-      <c r="R12" s="1"/>
       <c r="S12" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T12" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U12" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V12" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W12" s="1"/>
-[...3 lines deleted...]
-      <c r="AA12" s="1"/>
+      <c r="Y12" s="1">
+        <v>13</v>
+      </c>
       <c r="AB12" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC12" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD12" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE12" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF12" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG12" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH12" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI12" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ12" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK12" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL12" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM12" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN12" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO12" s="1"/>
       <c r="AP12" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ12" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR12" s="1">
         <v>4</v>
       </c>
       <c r="AS12" s="1">
         <v>5</v>
       </c>
-      <c r="AT12" s="1"/>
-      <c r="AU12" s="1"/>
       <c r="AV12" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW12" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX12" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY12" s="1" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="AZ12" s="1"/>
+        <v>126</v>
+      </c>
       <c r="BA12" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB12" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC12" s="1">
         <v>5</v>
       </c>
       <c r="BD12" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE12" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF12" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG12" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH12" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI12" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ12" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM12" s="1"/>
+        <v>0.05</v>
+      </c>
       <c r="BN12" s="1">
         <v>0</v>
       </c>
       <c r="BO12" s="1">
         <v>0</v>
       </c>
       <c r="BP12" s="1">
         <v>0</v>
       </c>
       <c r="BQ12" s="1">
         <v>0</v>
       </c>
-      <c r="BR12" s="1"/>
       <c r="BS12" s="1">
-        <v>6.4999999999999997E-3</v>
+        <v>1.6400000000000001E-2</v>
       </c>
       <c r="BT12" s="1">
         <v>0</v>
       </c>
       <c r="BU12" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="BV12" s="1">
         <v>0</v>
       </c>
       <c r="BW12" s="1">
-        <v>4.7000000000000002E-3</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="BX12" s="1">
         <v>0</v>
       </c>
-      <c r="BY12" s="1"/>
-      <c r="BZ12" s="1"/>
       <c r="CA12" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE12" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF12" s="1">
-        <v>6.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CG12" s="1"/>
+        <v>1.6400000000000001E-2</v>
+      </c>
       <c r="CH12" s="1">
         <v>0</v>
       </c>
       <c r="CI12" s="1">
-        <v>5.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ12" s="1"/>
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="CJ12" s="1">
+        <v>0</v>
+      </c>
       <c r="CK12" s="1">
-        <v>4.5999999999999999E-3</v>
+        <v>5.1000000000000004E-3</v>
       </c>
       <c r="CL12" s="1">
         <v>0</v>
       </c>
       <c r="CM12" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN12" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG12" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY12" s="2"/>
     </row>
-    <row r="13" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J13" s="1">
         <v>1</v>
       </c>
       <c r="K13" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="L13" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="L13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M13" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="O13" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P13" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q13" s="1"/>
-      <c r="R13" s="1"/>
       <c r="S13" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T13" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U13" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V13" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W13" s="1"/>
-[...3 lines deleted...]
-      <c r="AA13" s="1"/>
       <c r="AB13" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC13" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD13" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE13" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF13" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG13" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH13" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI13" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ13" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK13" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL13" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM13" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN13" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO13" s="1"/>
       <c r="AP13" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ13" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR13" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AS13" s="1">
-        <v>4</v>
-[...2 lines deleted...]
-      <c r="AU13" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV13" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW13" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX13" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY13" s="1" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="AZ13" s="1"/>
+        <v>115</v>
+      </c>
       <c r="BA13" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB13" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="BC13" s="1">
         <v>5</v>
       </c>
       <c r="BD13" s="1" t="s">
-        <v>126</v>
+        <v>115</v>
       </c>
       <c r="BE13" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF13" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG13" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH13" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI13" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ13" s="1">
         <v>0</v>
       </c>
-      <c r="BK13" s="1"/>
-[...1 lines deleted...]
-      <c r="BM13" s="1"/>
       <c r="BN13" s="1">
         <v>0</v>
       </c>
       <c r="BO13" s="1">
         <v>0</v>
       </c>
       <c r="BP13" s="1">
         <v>0</v>
       </c>
       <c r="BQ13" s="1">
         <v>0</v>
       </c>
-      <c r="BR13" s="1"/>
       <c r="BS13" s="1">
-        <v>9.2999999999999992E-3</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BT13" s="1">
         <v>0</v>
       </c>
       <c r="BU13" s="1">
-        <v>2E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="BV13" s="1">
         <v>0</v>
       </c>
       <c r="BW13" s="1">
-        <v>3.3999999999999998E-3</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="BX13" s="1">
         <v>0</v>
       </c>
-      <c r="BY13" s="1"/>
-      <c r="BZ13" s="1"/>
       <c r="CA13" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE13" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF13" s="1">
-        <v>9.2999999999999992E-3</v>
-[...1 lines deleted...]
-      <c r="CG13" s="1"/>
+        <v>6.6E-3</v>
+      </c>
       <c r="CH13" s="1">
         <v>0</v>
       </c>
       <c r="CI13" s="1">
-        <v>2E-3</v>
-[...1 lines deleted...]
-      <c r="CJ13" s="1"/>
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="CJ13" s="1">
+        <v>0</v>
+      </c>
       <c r="CK13" s="1">
-        <v>3.5000000000000001E-3</v>
+        <v>5.1000000000000004E-3</v>
       </c>
       <c r="CL13" s="1">
         <v>0</v>
       </c>
       <c r="CM13" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN13" s="2" t="s">
-        <v>319</v>
-[...19 lines deleted...]
-      <c r="DG13" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CQ13" s="1">
+        <v>4.5999999999999999E-3</v>
+      </c>
+      <c r="CR13" s="1">
+        <v>5.1000000000000004E-3</v>
+      </c>
+      <c r="CS13" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT13" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW13" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY13" s="2" t="s">
+        <v>328</v>
+      </c>
     </row>
-    <row r="14" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>152</v>
       </c>
       <c r="J14" s="1">
         <v>1</v>
       </c>
       <c r="K14" s="1" t="s">
         <v>153</v>
       </c>
       <c r="L14" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M14" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N14" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O14" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P14" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q14" s="1"/>
-      <c r="R14" s="1"/>
       <c r="S14" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T14" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U14" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V14" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W14" s="1"/>
-[...3 lines deleted...]
-      <c r="AA14" s="1"/>
       <c r="AB14" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC14" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD14" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE14" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF14" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG14" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH14" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI14" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ14" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK14" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL14" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM14" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN14" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO14" s="1"/>
       <c r="AP14" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ14" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR14" s="1">
         <v>3</v>
       </c>
       <c r="AS14" s="1">
         <v>4</v>
       </c>
-      <c r="AT14" s="1"/>
-      <c r="AU14" s="1"/>
       <c r="AV14" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW14" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX14" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY14" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ14" s="1"/>
       <c r="BA14" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB14" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC14" s="1">
         <v>5</v>
       </c>
       <c r="BD14" s="1" t="s">
         <v>126</v>
       </c>
       <c r="BE14" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF14" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG14" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH14" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI14" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ14" s="1">
         <v>0</v>
       </c>
-      <c r="BK14" s="1"/>
-[...1 lines deleted...]
-      <c r="BM14" s="1"/>
       <c r="BN14" s="1">
         <v>0</v>
       </c>
       <c r="BO14" s="1">
         <v>0</v>
       </c>
       <c r="BP14" s="1">
         <v>0</v>
       </c>
       <c r="BQ14" s="1">
         <v>0</v>
       </c>
-      <c r="BR14" s="1"/>
       <c r="BS14" s="1">
-        <v>1.38E-2</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="BT14" s="1">
         <v>0</v>
       </c>
       <c r="BU14" s="1">
-        <v>6.4999999999999997E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="BV14" s="1">
         <v>0</v>
       </c>
       <c r="BW14" s="1">
-        <v>3.3999999999999998E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX14" s="1">
         <v>0</v>
       </c>
-      <c r="BY14" s="1"/>
-      <c r="BZ14" s="1"/>
       <c r="CA14" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE14" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF14" s="1">
-        <v>1.38E-2</v>
-[...1 lines deleted...]
-      <c r="CG14" s="1"/>
+        <v>8.9999999999999993E-3</v>
+      </c>
       <c r="CH14" s="1">
         <v>0</v>
       </c>
       <c r="CI14" s="1">
-        <v>6.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CJ14" s="1"/>
+        <v>2E-3</v>
+      </c>
+      <c r="CJ14" s="1">
+        <v>0</v>
+      </c>
       <c r="CK14" s="1">
-        <v>3.5000000000000001E-3</v>
+        <v>3.8E-3</v>
       </c>
       <c r="CL14" s="1">
         <v>0</v>
       </c>
       <c r="CM14" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN14" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX14" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY14" s="2"/>
-      <c r="CZ14" s="1"/>
-[...6 lines deleted...]
-      <c r="DG14" s="1"/>
     </row>
-    <row r="15" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>154</v>
       </c>
       <c r="J15" s="1">
         <v>1</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>155</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>156</v>
+        <v>118</v>
       </c>
       <c r="M15" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N15" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O15" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P15" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q15" s="1"/>
-      <c r="R15" s="1"/>
       <c r="S15" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T15" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U15" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V15" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W15" s="1"/>
-[...3 lines deleted...]
-      <c r="AA15" s="1"/>
       <c r="AB15" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC15" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD15" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE15" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF15" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG15" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH15" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI15" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ15" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK15" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL15" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM15" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN15" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO15" s="1"/>
       <c r="AP15" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ15" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR15" s="1">
+        <v>3</v>
+      </c>
+      <c r="AS15" s="1">
         <v>4</v>
       </c>
-      <c r="AS15" s="1">
-[...3 lines deleted...]
-      <c r="AU15" s="1"/>
       <c r="AV15" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW15" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX15" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY15" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ15" s="1"/>
       <c r="BA15" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB15" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC15" s="1">
         <v>5</v>
       </c>
       <c r="BD15" s="1" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="BE15" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF15" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG15" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH15" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI15" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ15" s="1">
         <v>0</v>
       </c>
-      <c r="BK15" s="1"/>
-[...1 lines deleted...]
-      <c r="BM15" s="1"/>
       <c r="BN15" s="1">
         <v>0</v>
       </c>
       <c r="BO15" s="1">
         <v>0</v>
       </c>
       <c r="BP15" s="1">
         <v>0</v>
       </c>
       <c r="BQ15" s="1">
         <v>0</v>
       </c>
-      <c r="BR15" s="1"/>
       <c r="BS15" s="1">
-        <v>7.9000000000000008E-3</v>
+        <v>1.35E-2</v>
       </c>
       <c r="BT15" s="1">
         <v>0</v>
       </c>
       <c r="BU15" s="1">
-        <v>6.1999999999999998E-3</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BV15" s="1">
         <v>0</v>
       </c>
       <c r="BW15" s="1">
-        <v>3.0000000000000001E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX15" s="1">
         <v>0</v>
       </c>
-      <c r="BY15" s="1"/>
-      <c r="BZ15" s="1"/>
       <c r="CA15" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE15" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF15" s="1">
-        <v>7.9000000000000008E-3</v>
-[...1 lines deleted...]
-      <c r="CG15" s="1"/>
+        <v>1.35E-2</v>
+      </c>
       <c r="CH15" s="1">
         <v>0</v>
       </c>
       <c r="CI15" s="1">
-        <v>6.1999999999999998E-3</v>
-[...1 lines deleted...]
-      <c r="CJ15" s="1"/>
+        <v>6.4999999999999997E-3</v>
+      </c>
+      <c r="CJ15" s="1">
+        <v>0</v>
+      </c>
       <c r="CK15" s="1">
-        <v>3.3999999999999998E-3</v>
+        <v>3.8E-3</v>
       </c>
       <c r="CL15" s="1">
         <v>0</v>
       </c>
       <c r="CM15" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN15" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX15" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY15" s="2"/>
-      <c r="CZ15" s="1"/>
-[...6 lines deleted...]
-      <c r="DG15" s="1"/>
     </row>
-    <row r="16" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:111" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="J16" s="1">
         <v>1</v>
       </c>
       <c r="K16" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="L16" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="L16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M16" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N16" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O16" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P16" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q16" s="1"/>
-      <c r="R16" s="1"/>
       <c r="S16" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T16" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U16" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V16" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W16" s="1"/>
-[...3 lines deleted...]
-      <c r="AA16" s="1"/>
       <c r="AB16" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC16" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD16" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE16" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF16" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG16" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH16" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI16" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ16" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK16" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL16" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM16" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN16" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO16" s="1"/>
       <c r="AP16" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ16" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR16" s="1">
         <v>4</v>
       </c>
       <c r="AS16" s="1">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="AU16" s="1"/>
+        <v>6</v>
+      </c>
       <c r="AV16" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW16" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX16" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY16" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ16" s="1"/>
       <c r="BA16" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB16" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="BC16" s="1">
         <v>5</v>
       </c>
       <c r="BD16" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE16" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF16" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG16" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH16" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI16" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ16" s="1">
         <v>0</v>
       </c>
-      <c r="BK16" s="1"/>
-[...1 lines deleted...]
-      <c r="BM16" s="1"/>
       <c r="BN16" s="1">
         <v>0</v>
       </c>
       <c r="BO16" s="1">
         <v>0</v>
       </c>
       <c r="BP16" s="1">
         <v>0</v>
       </c>
       <c r="BQ16" s="1">
         <v>0</v>
       </c>
-      <c r="BR16" s="1"/>
       <c r="BS16" s="1">
-        <v>6.0000000000000001E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="BT16" s="1">
         <v>0</v>
       </c>
       <c r="BU16" s="1">
-        <v>0</v>
+        <v>6.1999999999999998E-3</v>
       </c>
       <c r="BV16" s="1">
         <v>0</v>
       </c>
       <c r="BW16" s="1">
-        <v>7.4999999999999997E-3</v>
+        <v>3.3E-3</v>
       </c>
       <c r="BX16" s="1">
         <v>0</v>
       </c>
-      <c r="BY16" s="1"/>
-      <c r="BZ16" s="1"/>
       <c r="CA16" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE16" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF16" s="1">
-        <v>6.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CG16" s="1"/>
+        <v>8.0000000000000002E-3</v>
+      </c>
       <c r="CH16" s="1">
         <v>0</v>
       </c>
       <c r="CI16" s="1">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="CJ16" s="1"/>
+        <v>6.1999999999999998E-3</v>
+      </c>
+      <c r="CJ16" s="1">
+        <v>0</v>
+      </c>
       <c r="CK16" s="1">
-        <v>8.2000000000000007E-3</v>
+        <v>3.8E-3</v>
       </c>
       <c r="CL16" s="1">
         <v>0</v>
       </c>
       <c r="CM16" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN16" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX16" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY16" s="2"/>
-      <c r="CZ16" s="1"/>
-[...6 lines deleted...]
-      <c r="DG16" s="1"/>
     </row>
-    <row r="17" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>159</v>
       </c>
       <c r="J17" s="1">
         <v>1</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>160</v>
       </c>
       <c r="L17" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M17" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N17" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O17" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P17" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q17" s="1"/>
-      <c r="R17" s="1"/>
       <c r="S17" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T17" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U17" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V17" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W17" s="1"/>
-[...5 lines deleted...]
-      <c r="AA17" s="1"/>
       <c r="AB17" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD17" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE17" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF17" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL17" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM17" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN17" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO17" s="1"/>
       <c r="AP17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR17" s="1">
         <v>4</v>
       </c>
       <c r="AS17" s="1">
         <v>5</v>
       </c>
-      <c r="AT17" s="1"/>
-      <c r="AU17" s="1"/>
       <c r="AV17" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW17" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY17" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ17" s="1"/>
       <c r="BA17" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC17" s="1">
         <v>5</v>
       </c>
       <c r="BD17" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE17" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF17" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG17" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH17" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI17" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ17" s="1">
         <v>0</v>
       </c>
-      <c r="BK17" s="1"/>
-[...1 lines deleted...]
-      <c r="BM17" s="1"/>
       <c r="BN17" s="1">
         <v>0</v>
       </c>
       <c r="BO17" s="1">
         <v>0</v>
       </c>
       <c r="BP17" s="1">
         <v>0</v>
       </c>
       <c r="BQ17" s="1">
         <v>0</v>
       </c>
-      <c r="BR17" s="1"/>
       <c r="BS17" s="1">
-        <v>1.2E-2</v>
+        <v>5.4000000000000003E-3</v>
       </c>
       <c r="BT17" s="1">
         <v>0</v>
       </c>
       <c r="BU17" s="1">
-        <v>6.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="BV17" s="1">
         <v>0</v>
       </c>
       <c r="BW17" s="1">
-        <v>7.4999999999999997E-3</v>
+        <v>7.7000000000000002E-3</v>
       </c>
       <c r="BX17" s="1">
         <v>0</v>
       </c>
-      <c r="BY17" s="1"/>
-      <c r="BZ17" s="1"/>
       <c r="CA17" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE17" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF17" s="1">
-        <v>1.2E-2</v>
-[...1 lines deleted...]
-      <c r="CG17" s="1"/>
+        <v>5.4000000000000003E-3</v>
+      </c>
       <c r="CH17" s="1">
         <v>0</v>
       </c>
       <c r="CI17" s="1">
-        <v>6.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ17" s="1"/>
+        <v>0</v>
+      </c>
+      <c r="CJ17" s="1">
+        <v>0</v>
+      </c>
       <c r="CK17" s="1">
-        <v>8.2000000000000007E-3</v>
+        <v>6.8999999999999999E-3</v>
       </c>
       <c r="CL17" s="1">
         <v>0</v>
       </c>
       <c r="CM17" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN17" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG17" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY17" s="2"/>
     </row>
-    <row r="18" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>161</v>
       </c>
       <c r="J18" s="1">
         <v>1</v>
       </c>
       <c r="K18" s="1" t="s">
         <v>162</v>
       </c>
       <c r="L18" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M18" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N18" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O18" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P18" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q18" s="1"/>
-      <c r="R18" s="1"/>
       <c r="S18" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T18" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U18" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V18" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W18" s="1"/>
-[...3 lines deleted...]
-      <c r="AA18" s="1"/>
+      <c r="Y18" s="1">
+        <v>13</v>
+      </c>
       <c r="AB18" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC18" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD18" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE18" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF18" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG18" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH18" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI18" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ18" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK18" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL18" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM18" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN18" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO18" s="1"/>
       <c r="AP18" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ18" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR18" s="1">
         <v>4</v>
       </c>
       <c r="AS18" s="1">
         <v>5</v>
       </c>
-      <c r="AT18" s="1"/>
-      <c r="AU18" s="1"/>
       <c r="AV18" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW18" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX18" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY18" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ18" s="1"/>
       <c r="BA18" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB18" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC18" s="1">
         <v>5</v>
       </c>
       <c r="BD18" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE18" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF18" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG18" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH18" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI18" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ18" s="1">
         <v>0</v>
       </c>
-      <c r="BK18" s="1"/>
-[...1 lines deleted...]
-      <c r="BM18" s="1"/>
       <c r="BN18" s="1">
         <v>0</v>
       </c>
       <c r="BO18" s="1">
         <v>0</v>
       </c>
       <c r="BP18" s="1">
         <v>0</v>
       </c>
       <c r="BQ18" s="1">
         <v>0</v>
       </c>
-      <c r="BR18" s="1"/>
       <c r="BS18" s="1">
-        <v>9.7000000000000003E-3</v>
+        <v>1.14E-2</v>
       </c>
       <c r="BT18" s="1">
         <v>0</v>
       </c>
       <c r="BU18" s="1">
-        <v>3.7499999999999999E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="BV18" s="1">
         <v>0</v>
       </c>
       <c r="BW18" s="1">
-        <v>7.4999999999999997E-3</v>
+        <v>7.7000000000000002E-3</v>
       </c>
       <c r="BX18" s="1">
         <v>0</v>
       </c>
-      <c r="BY18" s="1"/>
-      <c r="BZ18" s="1"/>
       <c r="CA18" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE18" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF18" s="1">
-        <v>9.7000000000000003E-3</v>
-[...1 lines deleted...]
-      <c r="CG18" s="1"/>
+        <v>1.14E-2</v>
+      </c>
       <c r="CH18" s="1">
         <v>0</v>
       </c>
       <c r="CI18" s="1">
-        <v>3.7499999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CJ18" s="1"/>
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="CJ18" s="1">
+        <v>0</v>
+      </c>
       <c r="CK18" s="1">
-        <v>8.2000000000000007E-3</v>
+        <v>6.8999999999999999E-3</v>
       </c>
       <c r="CL18" s="1">
         <v>0</v>
       </c>
       <c r="CM18" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN18" s="2" t="s">
-        <v>319</v>
-[...19 lines deleted...]
-      <c r="DG18" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CQ18" s="1">
+        <v>7.7000000000000002E-3</v>
+      </c>
+      <c r="CR18" s="1">
+        <v>6.8999999999999999E-3</v>
+      </c>
+      <c r="CS18" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT18" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW18" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY18" s="2" t="s">
+        <v>329</v>
+      </c>
     </row>
-    <row r="19" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A19" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>163</v>
       </c>
       <c r="J19" s="1">
         <v>1</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>164</v>
       </c>
       <c r="L19" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M19" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N19" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O19" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P19" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q19" s="1"/>
-      <c r="R19" s="1"/>
       <c r="S19" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T19" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U19" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V19" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W19" s="1"/>
-[...3 lines deleted...]
-      <c r="AA19" s="1"/>
       <c r="AB19" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD19" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE19" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF19" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL19" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM19" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN19" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO19" s="1"/>
       <c r="AP19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR19" s="1">
         <v>4</v>
       </c>
       <c r="AS19" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU19" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV19" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW19" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY19" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ19" s="1"/>
       <c r="BA19" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB19" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="BC19" s="1">
         <v>5</v>
       </c>
       <c r="BD19" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE19" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF19" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG19" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH19" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI19" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ19" s="1">
         <v>0</v>
       </c>
-      <c r="BK19" s="1"/>
-[...1 lines deleted...]
-      <c r="BM19" s="1"/>
       <c r="BN19" s="1">
         <v>0</v>
       </c>
       <c r="BO19" s="1">
         <v>0</v>
       </c>
       <c r="BP19" s="1">
         <v>0</v>
       </c>
       <c r="BQ19" s="1">
         <v>0</v>
       </c>
-      <c r="BR19" s="1"/>
       <c r="BS19" s="1">
-        <v>7.0000000000000001E-3</v>
+        <v>9.1999999999999998E-3</v>
       </c>
       <c r="BT19" s="1">
         <v>0</v>
       </c>
       <c r="BU19" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>3.7499999999999999E-3</v>
       </c>
       <c r="BV19" s="1">
         <v>0</v>
       </c>
       <c r="BW19" s="1">
-        <v>2.3999999999999998E-3</v>
+        <v>7.7000000000000002E-3</v>
       </c>
       <c r="BX19" s="1">
         <v>0</v>
       </c>
-      <c r="BY19" s="1"/>
-      <c r="BZ19" s="1"/>
       <c r="CA19" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE19" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF19" s="1">
-        <v>7.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CG19" s="1"/>
+        <v>9.1999999999999998E-3</v>
+      </c>
       <c r="CH19" s="1">
         <v>0</v>
       </c>
       <c r="CI19" s="1">
-        <v>5.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ19" s="1"/>
+        <v>3.7499999999999999E-3</v>
+      </c>
+      <c r="CJ19" s="1">
+        <v>0</v>
+      </c>
       <c r="CK19" s="1">
-        <v>1.6999999999999999E-3</v>
+        <v>6.8999999999999999E-3</v>
       </c>
       <c r="CL19" s="1">
         <v>0</v>
       </c>
       <c r="CM19" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN19" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX19" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY19" s="2"/>
-      <c r="CZ19" s="1"/>
-[...6 lines deleted...]
-      <c r="DG19" s="1"/>
     </row>
-    <row r="20" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>165</v>
       </c>
       <c r="J20" s="1">
         <v>1</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>166</v>
       </c>
       <c r="L20" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M20" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N20" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O20" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P20" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q20" s="1"/>
-      <c r="R20" s="1"/>
       <c r="S20" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T20" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U20" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V20" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W20" s="1"/>
-[...3 lines deleted...]
-      <c r="AA20" s="1"/>
       <c r="AB20" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC20" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD20" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE20" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF20" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG20" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH20" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI20" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ20" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK20" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL20" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM20" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN20" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO20" s="1"/>
       <c r="AP20" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ20" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR20" s="1">
         <v>4</v>
       </c>
       <c r="AS20" s="1">
         <v>6</v>
       </c>
-      <c r="AT20" s="1"/>
-      <c r="AU20" s="1"/>
       <c r="AV20" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW20" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX20" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY20" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ20" s="1"/>
       <c r="BA20" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB20" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC20" s="1">
         <v>5</v>
       </c>
       <c r="BD20" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE20" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF20" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG20" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH20" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI20" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ20" s="1">
         <v>0</v>
       </c>
-      <c r="BK20" s="1"/>
-[...1 lines deleted...]
-      <c r="BM20" s="1"/>
       <c r="BN20" s="1">
         <v>0</v>
       </c>
       <c r="BO20" s="1">
         <v>0</v>
       </c>
       <c r="BP20" s="1">
         <v>0</v>
       </c>
       <c r="BQ20" s="1">
         <v>0</v>
       </c>
-      <c r="BR20" s="1"/>
       <c r="BS20" s="1">
-        <v>1.2E-2</v>
+        <v>6.8999999999999999E-3</v>
       </c>
       <c r="BT20" s="1">
         <v>0</v>
       </c>
       <c r="BU20" s="1">
-        <v>0.01</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="BV20" s="1">
         <v>0</v>
       </c>
       <c r="BW20" s="1">
-        <v>2.3999999999999998E-3</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="BX20" s="1">
         <v>0</v>
       </c>
-      <c r="BY20" s="1"/>
-      <c r="BZ20" s="1"/>
       <c r="CA20" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE20" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF20" s="1">
-        <v>1.2E-2</v>
-[...1 lines deleted...]
-      <c r="CG20" s="1"/>
+        <v>6.8999999999999999E-3</v>
+      </c>
       <c r="CH20" s="1">
         <v>0</v>
       </c>
       <c r="CI20" s="1">
-        <v>0.01</v>
-[...1 lines deleted...]
-      <c r="CJ20" s="1"/>
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="CJ20" s="1">
+        <v>0</v>
+      </c>
       <c r="CK20" s="1">
-        <v>1.6999999999999999E-3</v>
+        <v>1.5E-3</v>
       </c>
       <c r="CL20" s="1">
         <v>0</v>
       </c>
       <c r="CM20" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN20" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX20" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY20" s="2"/>
-      <c r="CZ20" s="1"/>
-[...6 lines deleted...]
-      <c r="DG20" s="1"/>
     </row>
-    <row r="21" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>167</v>
       </c>
       <c r="J21" s="1">
         <v>1</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>168</v>
       </c>
       <c r="L21" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M21" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N21" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O21" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P21" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q21" s="1"/>
-      <c r="R21" s="1"/>
       <c r="S21" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T21" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U21" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V21" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W21" s="1"/>
-[...3 lines deleted...]
-      <c r="AA21" s="1"/>
       <c r="AB21" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC21" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD21" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE21" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF21" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG21" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH21" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI21" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ21" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK21" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL21" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM21" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN21" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO21" s="1"/>
       <c r="AP21" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ21" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR21" s="1">
         <v>4</v>
       </c>
       <c r="AS21" s="1">
         <v>6</v>
       </c>
-      <c r="AT21" s="1"/>
-      <c r="AU21" s="1"/>
       <c r="AV21" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW21" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX21" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY21" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ21" s="1"/>
       <c r="BA21" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB21" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC21" s="1">
         <v>5</v>
       </c>
       <c r="BD21" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE21" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF21" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG21" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH21" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI21" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ21" s="1">
         <v>0</v>
       </c>
-      <c r="BK21" s="1"/>
-[...1 lines deleted...]
-      <c r="BM21" s="1"/>
       <c r="BN21" s="1">
         <v>0</v>
       </c>
       <c r="BO21" s="1">
         <v>0</v>
       </c>
       <c r="BP21" s="1">
         <v>0</v>
       </c>
       <c r="BQ21" s="1">
         <v>0</v>
       </c>
-      <c r="BR21" s="1"/>
       <c r="BS21" s="1">
-        <v>2E-3</v>
+        <v>1.1900000000000001E-2</v>
       </c>
       <c r="BT21" s="1">
         <v>0</v>
       </c>
       <c r="BU21" s="1">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="BV21" s="1">
         <v>0</v>
       </c>
       <c r="BW21" s="1">
-        <v>2.3999999999999998E-3</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="BX21" s="1">
         <v>0</v>
       </c>
-      <c r="BY21" s="1"/>
-      <c r="BZ21" s="1"/>
       <c r="CA21" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE21" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF21" s="1">
-        <v>2E-3</v>
-[...1 lines deleted...]
-      <c r="CG21" s="1"/>
+        <v>1.1900000000000001E-2</v>
+      </c>
       <c r="CH21" s="1">
         <v>0</v>
       </c>
       <c r="CI21" s="1">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="CJ21" s="1"/>
+        <v>0.01</v>
+      </c>
+      <c r="CJ21" s="1">
+        <v>0</v>
+      </c>
       <c r="CK21" s="1">
-        <v>1.6999999999999999E-3</v>
+        <v>1.5E-3</v>
       </c>
       <c r="CL21" s="1">
         <v>0</v>
       </c>
       <c r="CM21" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN21" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX21" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY21" s="2"/>
-      <c r="CZ21" s="1"/>
-[...6 lines deleted...]
-      <c r="DG21" s="1"/>
     </row>
-    <row r="22" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>169</v>
       </c>
       <c r="J22" s="1">
         <v>1</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>170</v>
       </c>
       <c r="L22" s="1" t="s">
-        <v>149</v>
+        <v>118</v>
       </c>
       <c r="M22" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N22" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O22" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P22" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q22" s="1"/>
-      <c r="R22" s="1"/>
       <c r="S22" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T22" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U22" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V22" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W22" s="1"/>
-[...3 lines deleted...]
-      <c r="AA22" s="1"/>
       <c r="AB22" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC22" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD22" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE22" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF22" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG22" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH22" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI22" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ22" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK22" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL22" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM22" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN22" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO22" s="1"/>
       <c r="AP22" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ22" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR22" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AS22" s="1">
         <v>6</v>
       </c>
-      <c r="AT22" s="1"/>
-      <c r="AU22" s="1"/>
       <c r="AV22" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW22" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX22" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY22" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ22" s="1"/>
       <c r="BA22" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB22" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC22" s="1">
         <v>5</v>
       </c>
       <c r="BD22" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE22" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF22" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG22" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH22" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI22" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ22" s="1">
-        <v>0.05</v>
-[...3 lines deleted...]
-      <c r="BM22" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN22" s="1">
         <v>0</v>
       </c>
       <c r="BO22" s="1">
         <v>0</v>
       </c>
       <c r="BP22" s="1">
         <v>0</v>
       </c>
       <c r="BQ22" s="1">
         <v>0</v>
       </c>
-      <c r="BR22" s="1"/>
       <c r="BS22" s="1">
-        <v>1.6400000000000001E-2</v>
+        <v>1.9E-3</v>
       </c>
       <c r="BT22" s="1">
         <v>0</v>
       </c>
       <c r="BU22" s="1">
-        <v>1.4999999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="BV22" s="1">
         <v>0</v>
       </c>
       <c r="BW22" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="BX22" s="1">
         <v>0</v>
       </c>
-      <c r="BY22" s="1"/>
-      <c r="BZ22" s="1"/>
       <c r="CA22" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE22" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF22" s="1">
-        <v>1.6400000000000001E-2</v>
-[...1 lines deleted...]
-      <c r="CG22" s="1"/>
+        <v>1.9E-3</v>
+      </c>
       <c r="CH22" s="1">
         <v>0</v>
       </c>
       <c r="CI22" s="1">
-        <v>1.4999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ22" s="1"/>
+        <v>0</v>
+      </c>
+      <c r="CJ22" s="1">
+        <v>0</v>
+      </c>
       <c r="CK22" s="1">
-        <v>6.8999999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CL22" s="1"/>
+        <v>1.5E-3</v>
+      </c>
+      <c r="CL22" s="1">
+        <v>0</v>
+      </c>
       <c r="CM22" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN22" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX22" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY22" s="2"/>
-      <c r="CZ22" s="1"/>
-[...6 lines deleted...]
-      <c r="DG22" s="1"/>
     </row>
-    <row r="23" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>171</v>
       </c>
       <c r="J23" s="1">
         <v>1</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>172</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>118</v>
+        <v>151</v>
       </c>
       <c r="M23" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N23" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="O23" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P23" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q23" s="1"/>
-      <c r="R23" s="1"/>
       <c r="S23" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T23" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U23" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V23" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W23" s="1"/>
-[...3 lines deleted...]
-      <c r="AA23" s="1"/>
       <c r="AB23" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD23" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE23" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL23" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM23" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN23" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO23" s="1"/>
       <c r="AP23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR23" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AS23" s="1">
         <v>6</v>
       </c>
-      <c r="AT23" s="1"/>
-      <c r="AU23" s="1"/>
       <c r="AV23" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW23" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY23" s="1" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="AZ23" s="1"/>
+        <v>126</v>
+      </c>
       <c r="BA23" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB23" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC23" s="1">
         <v>5</v>
       </c>
       <c r="BD23" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE23" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF23" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG23" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH23" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI23" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ23" s="1">
         <v>0.05</v>
       </c>
-      <c r="BK23" s="1"/>
-[...1 lines deleted...]
-      <c r="BM23" s="1"/>
       <c r="BN23" s="1">
         <v>0</v>
       </c>
       <c r="BO23" s="1">
         <v>0</v>
       </c>
       <c r="BP23" s="1">
         <v>0</v>
       </c>
       <c r="BQ23" s="1">
         <v>0</v>
       </c>
-      <c r="BR23" s="1"/>
       <c r="BS23" s="1">
-        <v>1.95E-2</v>
+        <v>1.6400000000000001E-2</v>
       </c>
       <c r="BT23" s="1">
         <v>0</v>
       </c>
       <c r="BU23" s="1">
-        <v>1.7999999999999999E-2</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="BV23" s="1">
         <v>0</v>
       </c>
       <c r="BW23" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX23" s="1">
         <v>0</v>
       </c>
-      <c r="BY23" s="1"/>
-      <c r="BZ23" s="1"/>
       <c r="CA23" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE23" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF23" s="1">
-        <v>1.95E-2</v>
-[...1 lines deleted...]
-      <c r="CG23" s="1"/>
+        <v>1.6400000000000001E-2</v>
+      </c>
       <c r="CH23" s="1">
         <v>0</v>
       </c>
       <c r="CI23" s="1">
-        <v>1.7999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ23" s="1"/>
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="CJ23" s="1">
+        <v>0</v>
+      </c>
       <c r="CK23" s="1">
-        <v>6.8999999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CL23" s="1"/>
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="CL23" s="1">
+        <v>0</v>
+      </c>
       <c r="CM23" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN23" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX23" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY23" s="2"/>
-      <c r="CZ23" s="1"/>
-[...6 lines deleted...]
-      <c r="DG23" s="1"/>
     </row>
-    <row r="24" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>173</v>
       </c>
       <c r="J24" s="1">
         <v>1</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>174</v>
       </c>
       <c r="L24" s="1" t="s">
-        <v>149</v>
+        <v>118</v>
       </c>
       <c r="M24" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N24" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="O24" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P24" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q24" s="1"/>
-      <c r="R24" s="1"/>
       <c r="S24" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T24" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U24" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V24" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W24" s="1"/>
-[...3 lines deleted...]
-      <c r="AA24" s="1"/>
       <c r="AB24" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC24" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD24" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE24" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF24" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG24" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH24" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI24" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ24" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK24" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL24" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM24" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN24" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO24" s="1"/>
       <c r="AP24" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ24" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR24" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AS24" s="1">
         <v>6</v>
       </c>
-      <c r="AT24" s="1"/>
-      <c r="AU24" s="1"/>
       <c r="AV24" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW24" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX24" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY24" s="1" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="AZ24" s="1"/>
+        <v>115</v>
+      </c>
       <c r="BA24" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB24" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC24" s="1">
         <v>5</v>
       </c>
       <c r="BD24" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE24" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF24" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG24" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH24" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI24" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ24" s="1">
         <v>0.05</v>
       </c>
-      <c r="BK24" s="1"/>
-[...1 lines deleted...]
-      <c r="BM24" s="1"/>
       <c r="BN24" s="1">
         <v>0</v>
       </c>
       <c r="BO24" s="1">
         <v>0</v>
       </c>
       <c r="BP24" s="1">
         <v>0</v>
       </c>
       <c r="BQ24" s="1">
         <v>0</v>
       </c>
-      <c r="BR24" s="1"/>
       <c r="BS24" s="1">
-        <v>6.4999999999999997E-3</v>
+        <v>1.95E-2</v>
       </c>
       <c r="BT24" s="1">
         <v>0</v>
       </c>
       <c r="BU24" s="1">
-        <v>5.1000000000000004E-3</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="BV24" s="1">
         <v>0</v>
       </c>
       <c r="BW24" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX24" s="1">
         <v>0</v>
       </c>
-      <c r="BY24" s="1"/>
-      <c r="BZ24" s="1"/>
       <c r="CA24" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE24" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF24" s="1">
-        <v>6.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CG24" s="1"/>
+        <v>1.95E-2</v>
+      </c>
       <c r="CH24" s="1">
         <v>0</v>
       </c>
       <c r="CI24" s="1">
-        <v>5.1000000000000004E-3</v>
-[...1 lines deleted...]
-      <c r="CJ24" s="1"/>
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="CJ24" s="1">
+        <v>0</v>
+      </c>
       <c r="CK24" s="1">
-        <v>6.8999999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CL24" s="1"/>
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="CL24" s="1">
+        <v>0</v>
+      </c>
       <c r="CM24" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN24" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX24" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY24" s="2"/>
-      <c r="CZ24" s="1"/>
-[...6 lines deleted...]
-      <c r="DG24" s="1"/>
     </row>
-    <row r="25" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>175</v>
       </c>
       <c r="J25" s="1">
         <v>1</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>176</v>
       </c>
       <c r="L25" s="1" t="s">
-        <v>177</v>
+        <v>151</v>
       </c>
       <c r="M25" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N25" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O25" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P25" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q25" s="1"/>
-      <c r="R25" s="1"/>
       <c r="S25" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T25" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U25" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V25" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W25" s="1"/>
-[...3 lines deleted...]
-      <c r="AA25" s="1"/>
       <c r="AB25" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD25" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE25" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF25" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL25" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM25" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN25" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO25" s="1"/>
       <c r="AP25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR25" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AS25" s="1">
         <v>6</v>
       </c>
-      <c r="AT25" s="1"/>
-      <c r="AU25" s="1"/>
       <c r="AV25" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW25" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY25" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ25" s="1"/>
       <c r="BA25" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB25" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC25" s="1">
         <v>5</v>
       </c>
       <c r="BD25" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE25" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF25" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG25" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH25" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI25" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ25" s="1">
         <v>0.05</v>
       </c>
-      <c r="BK25" s="1"/>
-[...1 lines deleted...]
-      <c r="BM25" s="1"/>
       <c r="BN25" s="1">
         <v>0</v>
       </c>
       <c r="BO25" s="1">
         <v>0</v>
       </c>
       <c r="BP25" s="1">
         <v>0</v>
       </c>
       <c r="BQ25" s="1">
         <v>0</v>
       </c>
-      <c r="BR25" s="1"/>
       <c r="BS25" s="1">
-        <v>1.66E-2</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BT25" s="1">
         <v>0</v>
       </c>
       <c r="BU25" s="1">
-        <v>1.4999999999999999E-2</v>
+        <v>4.8999999999999998E-3</v>
       </c>
       <c r="BV25" s="1">
         <v>0</v>
       </c>
       <c r="BW25" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX25" s="1">
         <v>0</v>
       </c>
-      <c r="BY25" s="1"/>
-      <c r="BZ25" s="1"/>
       <c r="CA25" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE25" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF25" s="1">
-        <v>1.66E-2</v>
-[...1 lines deleted...]
-      <c r="CG25" s="1"/>
+        <v>6.4999999999999997E-3</v>
+      </c>
       <c r="CH25" s="1">
         <v>0</v>
       </c>
       <c r="CI25" s="1">
-        <v>1.4999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ25" s="1"/>
+        <v>4.8999999999999998E-3</v>
+      </c>
+      <c r="CJ25" s="1">
+        <v>0</v>
+      </c>
       <c r="CK25" s="1">
-        <v>6.8999999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CL25" s="1"/>
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="CL25" s="1">
+        <v>0</v>
+      </c>
       <c r="CM25" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN25" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX25" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY25" s="2"/>
-      <c r="CZ25" s="1"/>
-[...6 lines deleted...]
-      <c r="DG25" s="1"/>
     </row>
-    <row r="26" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J26" s="1">
         <v>1</v>
       </c>
       <c r="K26" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="L26" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="L26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M26" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N26" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O26" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P26" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q26" s="1"/>
-      <c r="R26" s="1"/>
       <c r="S26" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T26" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U26" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V26" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W26" s="1"/>
-[...3 lines deleted...]
-      <c r="AA26" s="1"/>
       <c r="AB26" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC26" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD26" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE26" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF26" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG26" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH26" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI26" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ26" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK26" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL26" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM26" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN26" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO26" s="1"/>
       <c r="AP26" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ26" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR26" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AS26" s="1">
         <v>6</v>
       </c>
-      <c r="AT26" s="1"/>
-      <c r="AU26" s="1"/>
       <c r="AV26" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW26" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX26" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY26" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ26" s="1"/>
       <c r="BA26" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB26" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC26" s="1">
         <v>5</v>
       </c>
       <c r="BD26" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE26" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF26" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG26" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH26" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI26" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ26" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM26" s="1"/>
+        <v>0.05</v>
+      </c>
       <c r="BN26" s="1">
         <v>0</v>
       </c>
       <c r="BO26" s="1">
         <v>0</v>
       </c>
       <c r="BP26" s="1">
         <v>0</v>
       </c>
       <c r="BQ26" s="1">
         <v>0</v>
       </c>
-      <c r="BR26" s="1"/>
       <c r="BS26" s="1">
-        <v>9.4999999999999998E-3</v>
+        <v>1.66E-2</v>
       </c>
       <c r="BT26" s="1">
         <v>0</v>
       </c>
       <c r="BU26" s="1">
-        <v>8.0000000000000002E-3</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="BV26" s="1">
         <v>0</v>
       </c>
       <c r="BW26" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX26" s="1">
         <v>0</v>
       </c>
-      <c r="BY26" s="1"/>
-      <c r="BZ26" s="1"/>
       <c r="CA26" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE26" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF26" s="1">
-        <v>9.4999999999999998E-3</v>
-[...1 lines deleted...]
-      <c r="CG26" s="1"/>
+        <v>1.66E-2</v>
+      </c>
       <c r="CH26" s="1">
         <v>0</v>
       </c>
       <c r="CI26" s="1">
-        <v>8.0000000000000002E-3</v>
-[...1 lines deleted...]
-      <c r="CJ26" s="1"/>
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="CJ26" s="1">
+        <v>0</v>
+      </c>
       <c r="CK26" s="1">
-        <v>6.8999999999999999E-3</v>
+        <v>5.7000000000000002E-3</v>
       </c>
       <c r="CL26" s="1">
         <v>0</v>
       </c>
       <c r="CM26" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN26" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX26" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY26" s="2"/>
-      <c r="CZ26" s="1"/>
-[...6 lines deleted...]
-      <c r="DG26" s="1"/>
     </row>
-    <row r="27" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>180</v>
       </c>
       <c r="J27" s="1">
         <v>1</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>181</v>
       </c>
       <c r="L27" s="1" t="s">
-        <v>118</v>
+        <v>151</v>
       </c>
       <c r="M27" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N27" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O27" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P27" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q27" s="1"/>
-      <c r="R27" s="1"/>
       <c r="S27" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T27" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U27" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V27" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W27" s="1"/>
-[...3 lines deleted...]
-      <c r="AA27" s="1"/>
       <c r="AB27" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD27" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE27" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF27" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL27" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM27" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN27" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO27" s="1"/>
       <c r="AP27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR27" s="1">
         <v>5</v>
       </c>
       <c r="AS27" s="1">
         <v>6</v>
       </c>
-      <c r="AT27" s="1"/>
-      <c r="AU27" s="1"/>
       <c r="AV27" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW27" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY27" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ27" s="1"/>
       <c r="BA27" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB27" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC27" s="1">
         <v>5</v>
       </c>
       <c r="BD27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE27" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF27" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG27" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH27" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI27" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ27" s="1">
         <v>0</v>
       </c>
-      <c r="BK27" s="1"/>
-[...1 lines deleted...]
-      <c r="BM27" s="1"/>
       <c r="BN27" s="1">
         <v>0</v>
       </c>
       <c r="BO27" s="1">
         <v>0</v>
       </c>
       <c r="BP27" s="1">
         <v>0</v>
       </c>
       <c r="BQ27" s="1">
         <v>0</v>
       </c>
-      <c r="BR27" s="1"/>
       <c r="BS27" s="1">
-        <v>1.06E-2</v>
+        <v>9.5999999999999992E-3</v>
       </c>
       <c r="BT27" s="1">
         <v>0</v>
       </c>
       <c r="BU27" s="1">
-        <v>8.9999999999999993E-3</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="BV27" s="1">
         <v>0</v>
       </c>
       <c r="BW27" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX27" s="1">
         <v>0</v>
       </c>
-      <c r="BY27" s="1"/>
-      <c r="BZ27" s="1"/>
       <c r="CA27" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE27" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF27" s="1">
-        <v>1.06E-2</v>
-[...1 lines deleted...]
-      <c r="CG27" s="1"/>
+        <v>9.5999999999999992E-3</v>
+      </c>
       <c r="CH27" s="1">
         <v>0</v>
       </c>
       <c r="CI27" s="1">
-        <v>8.9999999999999993E-3</v>
-[...1 lines deleted...]
-      <c r="CJ27" s="1"/>
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="CJ27" s="1">
+        <v>0</v>
+      </c>
       <c r="CK27" s="1">
-        <v>6.8999999999999999E-3</v>
+        <v>5.7000000000000002E-3</v>
       </c>
       <c r="CL27" s="1">
         <v>0</v>
       </c>
       <c r="CM27" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN27" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX27" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY27" s="2"/>
-      <c r="CZ27" s="1"/>
-[...6 lines deleted...]
-      <c r="DG27" s="1"/>
     </row>
-    <row r="28" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>182</v>
       </c>
       <c r="J28" s="1">
         <v>1</v>
       </c>
       <c r="K28" s="1" t="s">
         <v>183</v>
       </c>
       <c r="L28" s="1" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="M28" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N28" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O28" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P28" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q28" s="1"/>
-      <c r="R28" s="1"/>
       <c r="S28" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T28" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U28" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V28" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W28" s="1"/>
-[...3 lines deleted...]
-      <c r="AA28" s="1"/>
       <c r="AB28" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD28" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE28" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL28" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM28" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN28" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO28" s="1"/>
       <c r="AP28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR28" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AS28" s="1">
         <v>6</v>
       </c>
-      <c r="AT28" s="1"/>
-      <c r="AU28" s="1"/>
       <c r="AV28" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW28" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY28" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ28" s="1"/>
       <c r="BA28" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB28" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC28" s="1">
         <v>5</v>
       </c>
       <c r="BD28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE28" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF28" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG28" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH28" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI28" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ28" s="1">
         <v>0</v>
       </c>
-      <c r="BK28" s="1"/>
-[...1 lines deleted...]
-      <c r="BM28" s="1"/>
       <c r="BN28" s="1">
         <v>0</v>
       </c>
       <c r="BO28" s="1">
         <v>0</v>
       </c>
       <c r="BP28" s="1">
         <v>0</v>
       </c>
       <c r="BQ28" s="1">
         <v>0</v>
       </c>
-      <c r="BR28" s="1"/>
       <c r="BS28" s="1">
-        <v>9.1000000000000004E-3</v>
+        <v>1.06E-2</v>
       </c>
       <c r="BT28" s="1">
         <v>0</v>
       </c>
       <c r="BU28" s="1">
-        <v>7.4999999999999997E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="BV28" s="1">
         <v>0</v>
       </c>
       <c r="BW28" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX28" s="1">
         <v>0</v>
       </c>
-      <c r="BY28" s="1"/>
-      <c r="BZ28" s="1"/>
       <c r="CA28" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE28" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF28" s="1">
-        <v>9.1000000000000004E-3</v>
-[...1 lines deleted...]
-      <c r="CG28" s="1"/>
+        <v>1.06E-2</v>
+      </c>
       <c r="CH28" s="1">
         <v>0</v>
       </c>
       <c r="CI28" s="1">
-        <v>7.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CJ28" s="1"/>
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="CJ28" s="1">
+        <v>0</v>
+      </c>
       <c r="CK28" s="1">
-        <v>6.8999999999999999E-3</v>
+        <v>5.7000000000000002E-3</v>
       </c>
       <c r="CL28" s="1">
         <v>0</v>
       </c>
       <c r="CM28" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN28" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG28" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY28" s="2"/>
     </row>
-    <row r="29" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>184</v>
       </c>
       <c r="J29" s="1">
         <v>1</v>
       </c>
       <c r="K29" s="1" t="s">
         <v>185</v>
       </c>
       <c r="L29" s="1" t="s">
-        <v>118</v>
+        <v>136</v>
       </c>
       <c r="M29" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N29" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O29" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P29" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q29" s="1"/>
-      <c r="R29" s="1"/>
       <c r="S29" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T29" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U29" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V29" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W29" s="1"/>
-[...3 lines deleted...]
-      <c r="AA29" s="1"/>
       <c r="AB29" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD29" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE29" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF29" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL29" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM29" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN29" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO29" s="1"/>
       <c r="AP29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR29" s="1">
         <v>4</v>
       </c>
       <c r="AS29" s="1">
         <v>6</v>
       </c>
-      <c r="AT29" s="1"/>
-      <c r="AU29" s="1"/>
       <c r="AV29" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW29" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY29" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ29" s="1"/>
       <c r="BA29" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB29" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC29" s="1">
         <v>5</v>
       </c>
       <c r="BD29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE29" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF29" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG29" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH29" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI29" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ29" s="1">
         <v>0</v>
       </c>
-      <c r="BK29" s="1"/>
-[...1 lines deleted...]
-      <c r="BM29" s="1"/>
       <c r="BN29" s="1">
         <v>0</v>
       </c>
       <c r="BO29" s="1">
         <v>0</v>
       </c>
       <c r="BP29" s="1">
         <v>0</v>
       </c>
       <c r="BQ29" s="1">
         <v>0</v>
       </c>
-      <c r="BR29" s="1"/>
       <c r="BS29" s="1">
-        <v>1.5E-3</v>
+        <v>9.1000000000000004E-3</v>
       </c>
       <c r="BT29" s="1">
         <v>0</v>
       </c>
       <c r="BU29" s="1">
-        <v>0</v>
+        <v>7.4999999999999997E-3</v>
       </c>
       <c r="BV29" s="1">
         <v>0</v>
       </c>
       <c r="BW29" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX29" s="1">
         <v>0</v>
       </c>
-      <c r="BY29" s="1"/>
-      <c r="BZ29" s="1"/>
       <c r="CA29" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE29" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF29" s="1">
-        <v>1.5E-3</v>
-[...1 lines deleted...]
-      <c r="CG29" s="1"/>
+        <v>9.1000000000000004E-3</v>
+      </c>
       <c r="CH29" s="1">
         <v>0</v>
       </c>
       <c r="CI29" s="1">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="CJ29" s="1"/>
+        <v>7.4999999999999997E-3</v>
+      </c>
+      <c r="CJ29" s="1">
+        <v>0</v>
+      </c>
       <c r="CK29" s="1">
-        <v>6.8999999999999999E-3</v>
+        <v>5.7000000000000002E-3</v>
       </c>
       <c r="CL29" s="1">
         <v>0</v>
       </c>
       <c r="CM29" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN29" s="2" t="s">
-        <v>319</v>
-[...19 lines deleted...]
-      <c r="DG29" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CQ29" s="1">
+        <v>5.4999999999999997E-3</v>
+      </c>
+      <c r="CR29" s="1">
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="CS29" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT29" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY29" s="2" t="s">
+        <v>330</v>
+      </c>
     </row>
-    <row r="30" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>186</v>
       </c>
       <c r="J30" s="1">
         <v>1</v>
       </c>
       <c r="K30" s="1" t="s">
         <v>187</v>
       </c>
       <c r="L30" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M30" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N30" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O30" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P30" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q30" s="1"/>
-      <c r="R30" s="1"/>
       <c r="S30" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T30" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U30" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V30" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W30" s="1"/>
-[...3 lines deleted...]
-      <c r="AA30" s="1"/>
       <c r="AB30" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD30" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE30" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF30" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL30" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM30" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN30" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO30" s="1"/>
       <c r="AP30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR30" s="1">
         <v>4</v>
       </c>
       <c r="AS30" s="1">
         <v>6</v>
       </c>
-      <c r="AT30" s="1"/>
-      <c r="AU30" s="1"/>
       <c r="AV30" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW30" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY30" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ30" s="1"/>
       <c r="BA30" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB30" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC30" s="1">
         <v>5</v>
       </c>
       <c r="BD30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE30" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF30" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG30" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH30" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI30" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ30" s="1">
         <v>0</v>
       </c>
-      <c r="BK30" s="1"/>
-[...1 lines deleted...]
-      <c r="BM30" s="1"/>
       <c r="BN30" s="1">
         <v>0</v>
       </c>
       <c r="BO30" s="1">
         <v>0</v>
       </c>
       <c r="BP30" s="1">
         <v>0</v>
       </c>
       <c r="BQ30" s="1">
         <v>0</v>
       </c>
-      <c r="BR30" s="1"/>
       <c r="BS30" s="1">
-        <v>1.9599999999999999E-2</v>
+        <v>1.6000000000000001E-3</v>
       </c>
       <c r="BT30" s="1">
         <v>0</v>
       </c>
       <c r="BU30" s="1">
-        <v>1.2999999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="BV30" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="BW30" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX30" s="1">
         <v>0</v>
       </c>
-      <c r="BY30" s="1"/>
-      <c r="BZ30" s="1"/>
       <c r="CA30" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE30" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF30" s="1">
-        <v>1.9599999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CG30" s="1"/>
+        <v>1.6000000000000001E-3</v>
+      </c>
       <c r="CH30" s="1">
         <v>0</v>
       </c>
       <c r="CI30" s="1">
-        <v>1.2999999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="CJ30" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="CK30" s="1">
-        <v>6.8999999999999999E-3</v>
+        <v>5.7000000000000002E-3</v>
       </c>
       <c r="CL30" s="1">
         <v>0</v>
       </c>
       <c r="CM30" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN30" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX30" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY30" s="2"/>
-      <c r="CZ30" s="1"/>
-[...6 lines deleted...]
-      <c r="DG30" s="1"/>
     </row>
-    <row r="31" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>188</v>
       </c>
       <c r="J31" s="1">
         <v>1</v>
       </c>
       <c r="K31" s="1" t="s">
         <v>189</v>
       </c>
       <c r="L31" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O31" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P31" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q31" s="1"/>
-      <c r="R31" s="1"/>
       <c r="S31" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T31" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U31" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V31" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W31" s="1"/>
-[...3 lines deleted...]
-      <c r="AA31" s="1"/>
       <c r="AB31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD31" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE31" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF31" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL31" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN31" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO31" s="1"/>
       <c r="AP31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR31" s="1">
         <v>4</v>
       </c>
       <c r="AS31" s="1">
         <v>6</v>
       </c>
-      <c r="AT31" s="1"/>
-      <c r="AU31" s="1"/>
       <c r="AV31" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW31" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY31" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ31" s="1"/>
       <c r="BA31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC31" s="1">
         <v>5</v>
       </c>
       <c r="BD31" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF31" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG31" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH31" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI31" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ31" s="1">
         <v>0</v>
       </c>
-      <c r="BK31" s="1"/>
-[...1 lines deleted...]
-      <c r="BM31" s="1"/>
       <c r="BN31" s="1">
         <v>0</v>
       </c>
       <c r="BO31" s="1">
         <v>0</v>
       </c>
       <c r="BP31" s="1">
         <v>0</v>
       </c>
       <c r="BQ31" s="1">
         <v>0</v>
       </c>
-      <c r="BR31" s="1"/>
       <c r="BS31" s="1">
-        <v>5.3E-3</v>
+        <v>1.9599999999999999E-2</v>
       </c>
       <c r="BT31" s="1">
         <v>0</v>
       </c>
       <c r="BU31" s="1">
-        <v>3.7499999999999999E-3</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="BV31" s="1">
-        <v>0</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="BW31" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX31" s="1">
         <v>0</v>
       </c>
-      <c r="BY31" s="1"/>
-      <c r="BZ31" s="1"/>
       <c r="CA31" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE31" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF31" s="1">
-        <v>5.3E-3</v>
-[...1 lines deleted...]
-      <c r="CG31" s="1"/>
+        <v>1.9599999999999999E-2</v>
+      </c>
       <c r="CH31" s="1">
         <v>0</v>
       </c>
       <c r="CI31" s="1">
-        <v>3.7499999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CJ31" s="1"/>
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="CJ31" s="1">
+        <v>5.0000000000000001E-3</v>
+      </c>
       <c r="CK31" s="1">
-        <v>6.8999999999999999E-3</v>
+        <v>5.7000000000000002E-3</v>
       </c>
       <c r="CL31" s="1">
         <v>0</v>
       </c>
       <c r="CM31" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN31" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX31" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY31" s="2"/>
-      <c r="CZ31" s="1"/>
-[...6 lines deleted...]
-      <c r="DG31" s="1"/>
     </row>
-    <row r="32" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A32" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>190</v>
       </c>
       <c r="J32" s="1">
         <v>1</v>
       </c>
       <c r="K32" s="1" t="s">
         <v>191</v>
       </c>
       <c r="L32" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M32" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N32" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O32" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P32" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q32" s="1"/>
-      <c r="R32" s="1"/>
       <c r="S32" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T32" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U32" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V32" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W32" s="1"/>
-[...3 lines deleted...]
-      <c r="AA32" s="1"/>
       <c r="AB32" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD32" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE32" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF32" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL32" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM32" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN32" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO32" s="1"/>
       <c r="AP32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR32" s="1">
         <v>4</v>
       </c>
       <c r="AS32" s="1">
         <v>6</v>
       </c>
-      <c r="AT32" s="1"/>
-      <c r="AU32" s="1"/>
       <c r="AV32" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW32" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY32" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ32" s="1"/>
       <c r="BA32" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB32" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC32" s="1">
         <v>5</v>
       </c>
       <c r="BD32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE32" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF32" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG32" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH32" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI32" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ32" s="1">
         <v>0</v>
       </c>
-      <c r="BK32" s="1"/>
-[...1 lines deleted...]
-      <c r="BM32" s="1"/>
       <c r="BN32" s="1">
         <v>0</v>
       </c>
       <c r="BO32" s="1">
         <v>0</v>
       </c>
       <c r="BP32" s="1">
         <v>0</v>
       </c>
       <c r="BQ32" s="1">
         <v>0</v>
       </c>
-      <c r="BR32" s="1"/>
       <c r="BS32" s="1">
-        <v>7.6E-3</v>
+        <v>5.3E-3</v>
       </c>
       <c r="BT32" s="1">
         <v>0</v>
       </c>
       <c r="BU32" s="1">
-        <v>6.0000000000000001E-3</v>
+        <v>3.7499999999999999E-3</v>
       </c>
       <c r="BV32" s="1">
         <v>0</v>
       </c>
       <c r="BW32" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX32" s="1">
         <v>0</v>
       </c>
-      <c r="BY32" s="1"/>
-      <c r="BZ32" s="1"/>
       <c r="CA32" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE32" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF32" s="1">
-        <v>7.6E-3</v>
-[...1 lines deleted...]
-      <c r="CG32" s="1"/>
+        <v>5.3E-3</v>
+      </c>
       <c r="CH32" s="1">
         <v>0</v>
       </c>
       <c r="CI32" s="1">
-        <v>6.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ32" s="1"/>
+        <v>3.7499999999999999E-3</v>
+      </c>
+      <c r="CJ32" s="1">
+        <v>0</v>
+      </c>
       <c r="CK32" s="1">
-        <v>6.8999999999999999E-3</v>
+        <v>5.7000000000000002E-3</v>
       </c>
       <c r="CL32" s="1">
         <v>0</v>
       </c>
       <c r="CM32" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN32" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG32" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY32" s="2"/>
     </row>
-    <row r="33" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>192</v>
       </c>
       <c r="J33" s="1">
         <v>1</v>
       </c>
       <c r="K33" s="1" t="s">
         <v>193</v>
       </c>
       <c r="L33" s="1" t="s">
-        <v>149</v>
+        <v>118</v>
       </c>
       <c r="M33" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N33" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O33" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P33" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q33" s="1"/>
-      <c r="R33" s="1"/>
       <c r="S33" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T33" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U33" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V33" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W33" s="1"/>
-[...3 lines deleted...]
-      <c r="AA33" s="1"/>
       <c r="AB33" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD33" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE33" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL33" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM33" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN33" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO33" s="1"/>
       <c r="AP33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR33" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AS33" s="1">
         <v>6</v>
       </c>
-      <c r="AT33" s="1"/>
-      <c r="AU33" s="1"/>
       <c r="AV33" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW33" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY33" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ33" s="1"/>
       <c r="BA33" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB33" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC33" s="1">
         <v>5</v>
       </c>
       <c r="BD33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE33" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF33" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG33" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH33" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI33" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ33" s="1">
         <v>0</v>
       </c>
-      <c r="BK33" s="1"/>
-[...1 lines deleted...]
-      <c r="BM33" s="1"/>
       <c r="BN33" s="1">
         <v>0</v>
       </c>
       <c r="BO33" s="1">
         <v>0</v>
       </c>
       <c r="BP33" s="1">
         <v>0</v>
       </c>
       <c r="BQ33" s="1">
         <v>0</v>
       </c>
-      <c r="BR33" s="1"/>
       <c r="BS33" s="1">
-        <v>1.9599999999999999E-2</v>
+        <v>7.6E-3</v>
       </c>
       <c r="BT33" s="1">
         <v>0</v>
       </c>
       <c r="BU33" s="1">
-        <v>1.2999999999999999E-2</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="BV33" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="BW33" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX33" s="1">
         <v>0</v>
       </c>
-      <c r="BY33" s="1"/>
-      <c r="BZ33" s="1"/>
       <c r="CA33" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE33" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF33" s="1">
-        <v>1.9599999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CG33" s="1"/>
+        <v>7.6E-3</v>
+      </c>
       <c r="CH33" s="1">
         <v>0</v>
       </c>
       <c r="CI33" s="1">
-        <v>1.2999999999999999E-2</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="CJ33" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="CK33" s="1">
-        <v>6.8999999999999999E-3</v>
+        <v>5.7000000000000002E-3</v>
       </c>
       <c r="CL33" s="1">
         <v>0</v>
       </c>
       <c r="CM33" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN33" s="2" t="s">
-        <v>319</v>
-[...19 lines deleted...]
-      <c r="DG33" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CQ33" s="1">
+        <v>5.4999999999999997E-3</v>
+      </c>
+      <c r="CR33" s="1">
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="CS33" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT33" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW33" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY33" s="2" t="s">
+        <v>331</v>
+      </c>
     </row>
-    <row r="34" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A34" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>194</v>
       </c>
       <c r="J34" s="1">
         <v>1</v>
       </c>
       <c r="K34" s="1" t="s">
         <v>195</v>
       </c>
       <c r="L34" s="1" t="s">
-        <v>118</v>
+        <v>151</v>
       </c>
       <c r="M34" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N34" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O34" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P34" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q34" s="1"/>
-      <c r="R34" s="1"/>
       <c r="S34" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T34" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U34" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V34" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W34" s="1"/>
-[...3 lines deleted...]
-      <c r="AA34" s="1"/>
       <c r="AB34" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC34" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD34" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE34" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF34" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG34" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH34" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI34" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ34" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK34" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL34" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM34" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN34" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO34" s="1"/>
       <c r="AP34" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ34" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR34" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AS34" s="1">
         <v>6</v>
       </c>
-      <c r="AT34" s="1"/>
-      <c r="AU34" s="1"/>
       <c r="AV34" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW34" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX34" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY34" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ34" s="1"/>
       <c r="BA34" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB34" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC34" s="1">
         <v>5</v>
       </c>
       <c r="BD34" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE34" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF34" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG34" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH34" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI34" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ34" s="1">
-        <v>0.05</v>
-[...5 lines deleted...]
-      <c r="BM34" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN34" s="1">
         <v>0</v>
       </c>
       <c r="BO34" s="1">
         <v>0</v>
       </c>
       <c r="BP34" s="1">
         <v>0</v>
       </c>
       <c r="BQ34" s="1">
         <v>0</v>
       </c>
-      <c r="BR34" s="1"/>
       <c r="BS34" s="1">
         <v>1.9599999999999999E-2</v>
       </c>
       <c r="BT34" s="1">
         <v>0</v>
       </c>
       <c r="BU34" s="1">
-        <v>1.7999999999999999E-2</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="BV34" s="1">
-        <v>0</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="BW34" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX34" s="1">
         <v>0</v>
       </c>
-      <c r="BY34" s="1"/>
-      <c r="BZ34" s="1"/>
       <c r="CA34" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE34" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF34" s="1">
         <v>1.9599999999999999E-2</v>
       </c>
-      <c r="CG34" s="1"/>
       <c r="CH34" s="1">
         <v>0</v>
       </c>
       <c r="CI34" s="1">
-        <v>1.7999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ34" s="1"/>
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="CJ34" s="1">
+        <v>5.0000000000000001E-3</v>
+      </c>
       <c r="CK34" s="1">
-        <v>6.8999999999999999E-3</v>
+        <v>5.7000000000000002E-3</v>
       </c>
       <c r="CL34" s="1">
         <v>0</v>
       </c>
       <c r="CM34" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN34" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX34" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY34" s="2"/>
-      <c r="CZ34" s="1"/>
-[...6 lines deleted...]
-      <c r="DG34" s="1"/>
     </row>
-    <row r="35" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A35" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>196</v>
       </c>
       <c r="J35" s="1">
         <v>1</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>197</v>
       </c>
       <c r="L35" s="1" t="s">
-        <v>149</v>
+        <v>118</v>
       </c>
       <c r="M35" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N35" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O35" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P35" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q35" s="1"/>
-      <c r="R35" s="1"/>
       <c r="S35" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T35" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U35" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V35" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W35" s="1"/>
-[...3 lines deleted...]
-      <c r="AA35" s="1"/>
       <c r="AB35" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC35" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD35" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE35" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF35" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG35" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH35" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI35" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ35" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK35" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL35" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM35" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN35" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO35" s="1"/>
       <c r="AP35" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ35" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR35" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AS35" s="1">
         <v>6</v>
       </c>
-      <c r="AT35" s="1"/>
-      <c r="AU35" s="1"/>
       <c r="AV35" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW35" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX35" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY35" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ35" s="1"/>
       <c r="BA35" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB35" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC35" s="1">
         <v>5</v>
       </c>
       <c r="BD35" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE35" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF35" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG35" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH35" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI35" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ35" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM35" s="1"/>
+        <v>0.05</v>
+      </c>
+      <c r="BL35" s="1">
+        <v>0</v>
+      </c>
       <c r="BN35" s="1">
         <v>0</v>
       </c>
       <c r="BO35" s="1">
         <v>0</v>
       </c>
       <c r="BP35" s="1">
         <v>0</v>
       </c>
       <c r="BQ35" s="1">
         <v>0</v>
       </c>
-      <c r="BR35" s="1"/>
       <c r="BS35" s="1">
-        <v>7.6E-3</v>
+        <v>1.9599999999999999E-2</v>
       </c>
       <c r="BT35" s="1">
         <v>0</v>
       </c>
       <c r="BU35" s="1">
-        <v>6.0000000000000001E-3</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="BV35" s="1">
         <v>0</v>
       </c>
       <c r="BW35" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX35" s="1">
         <v>0</v>
       </c>
-      <c r="BY35" s="1"/>
-      <c r="BZ35" s="1"/>
       <c r="CA35" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE35" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF35" s="1">
-        <v>7.6E-3</v>
-[...1 lines deleted...]
-      <c r="CG35" s="1"/>
+        <v>1.9599999999999999E-2</v>
+      </c>
       <c r="CH35" s="1">
         <v>0</v>
       </c>
       <c r="CI35" s="1">
-        <v>6.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ35" s="1"/>
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="CJ35" s="1">
+        <v>0</v>
+      </c>
       <c r="CK35" s="1">
-        <v>6.8999999999999999E-3</v>
+        <v>5.7000000000000002E-3</v>
       </c>
       <c r="CL35" s="1">
         <v>0</v>
       </c>
       <c r="CM35" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN35" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX35" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY35" s="2"/>
-      <c r="CZ35" s="1"/>
-[...6 lines deleted...]
-      <c r="DG35" s="1"/>
     </row>
-    <row r="36" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>198</v>
       </c>
       <c r="J36" s="1">
         <v>1</v>
       </c>
       <c r="K36" s="1" t="s">
         <v>199</v>
       </c>
       <c r="L36" s="1" t="s">
-        <v>118</v>
+        <v>151</v>
       </c>
       <c r="M36" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N36" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O36" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P36" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q36" s="1"/>
-      <c r="R36" s="1"/>
       <c r="S36" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T36" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U36" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V36" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W36" s="1"/>
-[...3 lines deleted...]
-      <c r="AA36" s="1"/>
       <c r="AB36" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC36" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD36" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE36" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF36" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG36" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH36" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI36" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ36" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK36" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL36" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM36" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN36" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO36" s="1"/>
       <c r="AP36" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ36" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR36" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AS36" s="1">
         <v>6</v>
       </c>
-      <c r="AT36" s="1"/>
-      <c r="AU36" s="1"/>
       <c r="AV36" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW36" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX36" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY36" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ36" s="1"/>
       <c r="BA36" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB36" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC36" s="1">
         <v>5</v>
       </c>
       <c r="BD36" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE36" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF36" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG36" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH36" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI36" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ36" s="1">
         <v>0</v>
       </c>
-      <c r="BK36" s="1"/>
-[...1 lines deleted...]
-      <c r="BM36" s="1"/>
       <c r="BN36" s="1">
         <v>0</v>
       </c>
       <c r="BO36" s="1">
         <v>0</v>
       </c>
       <c r="BP36" s="1">
         <v>0</v>
       </c>
       <c r="BQ36" s="1">
         <v>0</v>
       </c>
-      <c r="BR36" s="1"/>
       <c r="BS36" s="1">
+        <v>7.6E-3</v>
+      </c>
+      <c r="BT36" s="1">
+        <v>0</v>
+      </c>
+      <c r="BU36" s="1">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="BT36" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="BV36" s="1">
         <v>0</v>
       </c>
       <c r="BW36" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX36" s="1">
         <v>0</v>
       </c>
-      <c r="BY36" s="1"/>
-      <c r="BZ36" s="1"/>
       <c r="CA36" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE36" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF36" s="1">
+        <v>7.6E-3</v>
+      </c>
+      <c r="CH36" s="1">
+        <v>0</v>
+      </c>
+      <c r="CI36" s="1">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="CG36" s="1"/>
-[...6 lines deleted...]
-      <c r="CJ36" s="1"/>
+      <c r="CJ36" s="1">
+        <v>0</v>
+      </c>
       <c r="CK36" s="1">
-        <v>6.8999999999999999E-3</v>
+        <v>5.7000000000000002E-3</v>
       </c>
       <c r="CL36" s="1">
         <v>0</v>
       </c>
       <c r="CM36" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN36" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX36" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY36" s="2"/>
-      <c r="CZ36" s="1"/>
-[...6 lines deleted...]
-      <c r="DG36" s="1"/>
     </row>
-    <row r="37" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A37" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>200</v>
       </c>
       <c r="J37" s="1">
         <v>1</v>
       </c>
       <c r="K37" s="1" t="s">
         <v>201</v>
       </c>
       <c r="L37" s="1" t="s">
-        <v>202</v>
+        <v>118</v>
       </c>
       <c r="M37" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N37" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O37" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P37" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q37" s="1"/>
-      <c r="R37" s="1"/>
       <c r="S37" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T37" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U37" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V37" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W37" s="1"/>
-[...3 lines deleted...]
-      <c r="AA37" s="1"/>
       <c r="AB37" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC37" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD37" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE37" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF37" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG37" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH37" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI37" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ37" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK37" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL37" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM37" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN37" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO37" s="1"/>
       <c r="AP37" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ37" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR37" s="1">
         <v>4</v>
       </c>
       <c r="AS37" s="1">
         <v>6</v>
       </c>
-      <c r="AT37" s="1"/>
-      <c r="AU37" s="1"/>
       <c r="AV37" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW37" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX37" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY37" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ37" s="1"/>
       <c r="BA37" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB37" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC37" s="1">
         <v>5</v>
       </c>
       <c r="BD37" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE37" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF37" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG37" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH37" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI37" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ37" s="1">
-        <v>0.05</v>
-[...3 lines deleted...]
-      <c r="BM37" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN37" s="1">
         <v>0</v>
       </c>
       <c r="BO37" s="1">
         <v>0</v>
       </c>
       <c r="BP37" s="1">
         <v>0</v>
       </c>
       <c r="BQ37" s="1">
         <v>0</v>
       </c>
-      <c r="BR37" s="1"/>
       <c r="BS37" s="1">
-        <v>2.1499999999999998E-2</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="BT37" s="1">
         <v>0</v>
       </c>
       <c r="BU37" s="1">
-        <v>1.7999999999999999E-2</v>
+        <v>4.3249999999999999E-3</v>
       </c>
       <c r="BV37" s="1">
         <v>0</v>
       </c>
       <c r="BW37" s="1">
-        <v>8.9999999999999998E-4</v>
+        <v>5.4999999999999997E-3</v>
       </c>
       <c r="BX37" s="1">
         <v>0</v>
       </c>
-      <c r="BY37" s="1"/>
-      <c r="BZ37" s="1"/>
       <c r="CA37" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE37" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF37" s="1">
-        <v>2.1499999999999998E-2</v>
-[...1 lines deleted...]
-      <c r="CG37" s="1"/>
+        <v>6.0000000000000001E-3</v>
+      </c>
       <c r="CH37" s="1">
         <v>0</v>
       </c>
       <c r="CI37" s="1">
-        <v>1.7999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ37" s="1"/>
+        <v>4.3249999999999999E-3</v>
+      </c>
+      <c r="CJ37" s="1">
+        <v>0</v>
+      </c>
       <c r="CK37" s="1">
-        <v>1.1999999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CL37" s="1"/>
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="CL37" s="1">
+        <v>0</v>
+      </c>
       <c r="CM37" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN37" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX37" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY37" s="2"/>
-      <c r="CZ37" s="1"/>
-[...6 lines deleted...]
-      <c r="DG37" s="1"/>
     </row>
-    <row r="38" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A38" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="J38" s="1">
         <v>1</v>
       </c>
       <c r="K38" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="L38" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="L38" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M38" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N38" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O38" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P38" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q38" s="1"/>
-      <c r="R38" s="1"/>
       <c r="S38" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T38" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U38" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V38" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W38" s="1"/>
-[...3 lines deleted...]
-      <c r="AA38" s="1"/>
       <c r="AB38" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD38" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE38" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF38" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL38" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM38" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN38" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO38" s="1"/>
       <c r="AP38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR38" s="1">
         <v>4</v>
       </c>
       <c r="AS38" s="1">
         <v>6</v>
       </c>
-      <c r="AT38" s="1"/>
-      <c r="AU38" s="1"/>
       <c r="AV38" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW38" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY38" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ38" s="1"/>
       <c r="BA38" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB38" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC38" s="1">
         <v>5</v>
       </c>
       <c r="BD38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE38" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF38" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG38" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH38" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI38" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ38" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM38" s="1"/>
+        <v>0.05</v>
+      </c>
       <c r="BN38" s="1">
         <v>0</v>
       </c>
       <c r="BO38" s="1">
         <v>0</v>
       </c>
       <c r="BP38" s="1">
         <v>0</v>
       </c>
       <c r="BQ38" s="1">
         <v>0</v>
       </c>
-      <c r="BR38" s="1"/>
       <c r="BS38" s="1">
-        <v>3.5000000000000001E-3</v>
+        <v>2.1499999999999998E-2</v>
       </c>
       <c r="BT38" s="1">
         <v>0</v>
       </c>
       <c r="BU38" s="1">
-        <v>0</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="BV38" s="1">
         <v>0</v>
       </c>
       <c r="BW38" s="1">
         <v>8.9999999999999998E-4</v>
       </c>
       <c r="BX38" s="1">
         <v>0</v>
       </c>
-      <c r="BY38" s="1"/>
-      <c r="BZ38" s="1"/>
       <c r="CA38" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE38" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF38" s="1">
-        <v>3.5000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CG38" s="1"/>
+        <v>2.1499999999999998E-2</v>
+      </c>
       <c r="CH38" s="1">
         <v>0</v>
       </c>
       <c r="CI38" s="1">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="CJ38" s="1"/>
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="CJ38" s="1">
+        <v>0</v>
+      </c>
       <c r="CK38" s="1">
-        <v>1.1999999999999999E-3</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CL38" s="1">
         <v>0</v>
       </c>
       <c r="CM38" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN38" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX38" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY38" s="2"/>
-      <c r="CZ38" s="1"/>
-[...6 lines deleted...]
-      <c r="DG38" s="1"/>
     </row>
-    <row r="39" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>205</v>
       </c>
       <c r="J39" s="1">
         <v>1</v>
       </c>
       <c r="K39" s="1" t="s">
         <v>206</v>
       </c>
       <c r="L39" s="1" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="M39" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N39" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O39" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P39" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q39" s="1"/>
-      <c r="R39" s="1"/>
       <c r="S39" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T39" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U39" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V39" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W39" s="1"/>
-[...3 lines deleted...]
-      <c r="AA39" s="1"/>
       <c r="AB39" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD39" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE39" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF39" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL39" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM39" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN39" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO39" s="1"/>
       <c r="AP39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR39" s="1">
         <v>4</v>
       </c>
       <c r="AS39" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU39" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV39" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW39" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY39" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ39" s="1"/>
       <c r="BA39" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB39" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC39" s="1">
         <v>5</v>
       </c>
       <c r="BD39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE39" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF39" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG39" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH39" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI39" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ39" s="1">
         <v>0</v>
       </c>
-      <c r="BK39" s="1"/>
-[...1 lines deleted...]
-      <c r="BM39" s="1"/>
       <c r="BN39" s="1">
         <v>0</v>
       </c>
       <c r="BO39" s="1">
         <v>0</v>
       </c>
       <c r="BP39" s="1">
         <v>0</v>
       </c>
       <c r="BQ39" s="1">
         <v>0</v>
       </c>
-      <c r="BR39" s="1"/>
       <c r="BS39" s="1">
-        <v>1.03E-2</v>
+        <v>3.5000000000000001E-3</v>
       </c>
       <c r="BT39" s="1">
         <v>0</v>
       </c>
       <c r="BU39" s="1">
-        <v>7.4999999999999997E-3</v>
+        <v>0</v>
       </c>
       <c r="BV39" s="1">
         <v>0</v>
       </c>
       <c r="BW39" s="1">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="BX39" s="1">
+        <v>0</v>
+      </c>
+      <c r="CA39" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CF39" s="1">
         <v>3.5000000000000001E-3</v>
       </c>
-      <c r="BX39" s="1">
-[...14 lines deleted...]
-      <c r="CG39" s="1"/>
       <c r="CH39" s="1">
         <v>0</v>
       </c>
       <c r="CI39" s="1">
-        <v>7.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CJ39" s="1"/>
+        <v>0</v>
+      </c>
+      <c r="CJ39" s="1">
+        <v>0</v>
+      </c>
       <c r="CK39" s="1">
-        <v>4.3E-3</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CL39" s="1">
         <v>0</v>
       </c>
       <c r="CM39" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN39" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG39" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY39" s="2"/>
     </row>
-    <row r="40" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A40" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>207</v>
       </c>
       <c r="J40" s="1">
         <v>1</v>
       </c>
       <c r="K40" s="1" t="s">
         <v>208</v>
       </c>
       <c r="L40" s="1" t="s">
-        <v>118</v>
+        <v>136</v>
       </c>
       <c r="M40" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N40" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O40" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P40" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q40" s="1"/>
-      <c r="R40" s="1"/>
       <c r="S40" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T40" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U40" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V40" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W40" s="1"/>
-[...3 lines deleted...]
-      <c r="AA40" s="1"/>
       <c r="AB40" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC40" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD40" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE40" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF40" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG40" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH40" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI40" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ40" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK40" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL40" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM40" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN40" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO40" s="1"/>
       <c r="AP40" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ40" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR40" s="1">
         <v>4</v>
       </c>
       <c r="AS40" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU40" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV40" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW40" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX40" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY40" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ40" s="1"/>
       <c r="BA40" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB40" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC40" s="1">
         <v>5</v>
       </c>
       <c r="BD40" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE40" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF40" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG40" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH40" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI40" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ40" s="1">
         <v>0</v>
       </c>
-      <c r="BK40" s="1"/>
-[...1 lines deleted...]
-      <c r="BM40" s="1"/>
       <c r="BN40" s="1">
         <v>0</v>
       </c>
       <c r="BO40" s="1">
         <v>0</v>
       </c>
       <c r="BP40" s="1">
         <v>0</v>
       </c>
       <c r="BQ40" s="1">
         <v>0</v>
       </c>
-      <c r="BR40" s="1"/>
       <c r="BS40" s="1">
-        <v>2.7000000000000001E-3</v>
+        <v>1.03E-2</v>
       </c>
       <c r="BT40" s="1">
         <v>0</v>
       </c>
       <c r="BU40" s="1">
-        <v>0</v>
+        <v>7.4999999999999997E-3</v>
       </c>
       <c r="BV40" s="1">
         <v>0</v>
       </c>
       <c r="BW40" s="1">
-        <v>3.5000000000000001E-3</v>
+        <v>3.5999999999999999E-3</v>
       </c>
       <c r="BX40" s="1">
         <v>0</v>
       </c>
-      <c r="BY40" s="1"/>
-      <c r="BZ40" s="1"/>
       <c r="CA40" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE40" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF40" s="1">
-        <v>2.7000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CG40" s="1"/>
+        <v>1.03E-2</v>
+      </c>
       <c r="CH40" s="1">
         <v>0</v>
       </c>
       <c r="CI40" s="1">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="CJ40" s="1"/>
+        <v>7.4999999999999997E-3</v>
+      </c>
+      <c r="CJ40" s="1">
+        <v>0</v>
+      </c>
       <c r="CK40" s="1">
-        <v>4.3E-3</v>
+        <v>4.7000000000000002E-3</v>
       </c>
       <c r="CL40" s="1">
         <v>0</v>
       </c>
       <c r="CM40" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN40" s="2" t="s">
-        <v>319</v>
-[...19 lines deleted...]
-      <c r="DG40" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CQ40" s="1">
+        <v>3.5999999999999999E-3</v>
+      </c>
+      <c r="CR40" s="1">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="CS40" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT40" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW40" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY40" s="2" t="s">
+        <v>332</v>
+      </c>
     </row>
-    <row r="41" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A41" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>209</v>
       </c>
       <c r="J41" s="1">
         <v>1</v>
       </c>
       <c r="K41" s="1" t="s">
         <v>210</v>
       </c>
       <c r="L41" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M41" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N41" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O41" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P41" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q41" s="1"/>
-      <c r="R41" s="1"/>
       <c r="S41" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T41" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U41" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V41" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W41" s="1"/>
-[...3 lines deleted...]
-      <c r="AA41" s="1"/>
       <c r="AB41" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC41" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD41" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE41" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF41" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG41" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH41" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI41" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ41" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK41" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL41" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM41" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN41" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO41" s="1"/>
       <c r="AP41" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ41" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR41" s="1">
         <v>4</v>
       </c>
       <c r="AS41" s="1">
         <v>6</v>
       </c>
-      <c r="AT41" s="1"/>
-      <c r="AU41" s="1"/>
       <c r="AV41" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW41" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX41" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY41" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ41" s="1"/>
       <c r="BA41" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB41" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC41" s="1">
         <v>5</v>
       </c>
       <c r="BD41" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE41" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF41" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG41" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH41" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI41" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ41" s="1">
         <v>0</v>
       </c>
-      <c r="BK41" s="1"/>
-[...1 lines deleted...]
-      <c r="BM41" s="1"/>
       <c r="BN41" s="1">
         <v>0</v>
       </c>
       <c r="BO41" s="1">
         <v>0</v>
       </c>
       <c r="BP41" s="1">
         <v>0</v>
       </c>
       <c r="BQ41" s="1">
         <v>0</v>
       </c>
-      <c r="BR41" s="1"/>
       <c r="BS41" s="1">
-        <v>1.0200000000000001E-2</v>
+        <v>1.17E-2</v>
       </c>
       <c r="BT41" s="1">
         <v>0</v>
       </c>
       <c r="BU41" s="1">
-        <v>7.4999999999999997E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="BV41" s="1">
         <v>0</v>
       </c>
       <c r="BW41" s="1">
-        <v>3.5000000000000001E-3</v>
+        <v>3.5999999999999999E-3</v>
       </c>
       <c r="BX41" s="1">
         <v>0</v>
       </c>
-      <c r="BY41" s="1"/>
-      <c r="BZ41" s="1"/>
       <c r="CA41" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE41" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF41" s="1">
-        <v>1.0200000000000001E-2</v>
-[...1 lines deleted...]
-      <c r="CG41" s="1"/>
+        <v>1.17E-2</v>
+      </c>
       <c r="CH41" s="1">
         <v>0</v>
       </c>
       <c r="CI41" s="1">
-        <v>7.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CJ41" s="1"/>
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="CJ41" s="1">
+        <v>0</v>
+      </c>
       <c r="CK41" s="1">
-        <v>4.3E-3</v>
+        <v>4.7000000000000002E-3</v>
       </c>
       <c r="CL41" s="1">
         <v>0</v>
       </c>
       <c r="CM41" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN41" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG41" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY41" s="2"/>
     </row>
-    <row r="42" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A42" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>211</v>
       </c>
       <c r="J42" s="1">
         <v>1</v>
       </c>
       <c r="K42" s="1" t="s">
         <v>212</v>
       </c>
       <c r="L42" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M42" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N42" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O42" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P42" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q42" s="1"/>
-      <c r="R42" s="1"/>
       <c r="S42" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T42" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U42" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V42" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W42" s="1"/>
-[...3 lines deleted...]
-      <c r="AA42" s="1"/>
       <c r="AB42" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD42" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE42" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF42" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL42" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM42" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN42" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO42" s="1"/>
       <c r="AP42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR42" s="1">
         <v>4</v>
       </c>
       <c r="AS42" s="1">
         <v>6</v>
       </c>
-      <c r="AT42" s="1"/>
-      <c r="AU42" s="1"/>
       <c r="AV42" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW42" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY42" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ42" s="1"/>
       <c r="BA42" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB42" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC42" s="1">
         <v>5</v>
       </c>
       <c r="BD42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE42" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF42" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG42" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH42" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI42" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ42" s="1">
-        <v>0.05</v>
-[...5 lines deleted...]
-      <c r="BM42" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN42" s="1">
         <v>0</v>
       </c>
       <c r="BO42" s="1">
         <v>0</v>
       </c>
       <c r="BP42" s="1">
         <v>0</v>
       </c>
       <c r="BQ42" s="1">
         <v>0</v>
       </c>
-      <c r="BR42" s="1"/>
       <c r="BS42" s="1">
-        <v>2.0799999999999999E-2</v>
+        <v>2.8E-3</v>
       </c>
       <c r="BT42" s="1">
         <v>0</v>
       </c>
       <c r="BU42" s="1">
-        <v>1.7999999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="BV42" s="1">
         <v>0</v>
       </c>
       <c r="BW42" s="1">
-        <v>3.5000000000000001E-3</v>
+        <v>3.5999999999999999E-3</v>
       </c>
       <c r="BX42" s="1">
         <v>0</v>
       </c>
-      <c r="BY42" s="1"/>
-      <c r="BZ42" s="1"/>
       <c r="CA42" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE42" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF42" s="1">
-        <v>2.0799999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CG42" s="1"/>
+        <v>2.8E-3</v>
+      </c>
       <c r="CH42" s="1">
         <v>0</v>
       </c>
       <c r="CI42" s="1">
-        <v>1.7999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ42" s="1"/>
+        <v>0</v>
+      </c>
+      <c r="CJ42" s="1">
+        <v>0</v>
+      </c>
       <c r="CK42" s="1">
-        <v>4.3E-3</v>
+        <v>4.7000000000000002E-3</v>
       </c>
       <c r="CL42" s="1">
         <v>0</v>
       </c>
       <c r="CM42" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN42" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX42" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY42" s="2"/>
-      <c r="CZ42" s="1"/>
-[...6 lines deleted...]
-      <c r="DG42" s="1"/>
     </row>
-    <row r="43" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A43" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>213</v>
       </c>
       <c r="J43" s="1">
         <v>1</v>
       </c>
       <c r="K43" s="1" t="s">
         <v>214</v>
       </c>
       <c r="L43" s="1" t="s">
-        <v>202</v>
+        <v>118</v>
       </c>
       <c r="M43" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N43" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O43" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P43" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q43" s="1"/>
-      <c r="R43" s="1"/>
       <c r="S43" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T43" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U43" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V43" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W43" s="1"/>
-[...3 lines deleted...]
-      <c r="AA43" s="1"/>
       <c r="AB43" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC43" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD43" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE43" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF43" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG43" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH43" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI43" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ43" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK43" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL43" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM43" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN43" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO43" s="1"/>
       <c r="AP43" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ43" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR43" s="1">
         <v>4</v>
       </c>
       <c r="AS43" s="1">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="AU43" s="1"/>
+        <v>6</v>
+      </c>
       <c r="AV43" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW43" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX43" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY43" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ43" s="1"/>
       <c r="BA43" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB43" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC43" s="1">
         <v>5</v>
       </c>
       <c r="BD43" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE43" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF43" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG43" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH43" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI43" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ43" s="1">
-        <v>0.05</v>
-[...3 lines deleted...]
-      <c r="BM43" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN43" s="1">
         <v>0</v>
       </c>
       <c r="BO43" s="1">
         <v>0</v>
       </c>
       <c r="BP43" s="1">
         <v>0</v>
       </c>
       <c r="BQ43" s="1">
         <v>0</v>
       </c>
-      <c r="BR43" s="1"/>
       <c r="BS43" s="1">
-        <v>0.02</v>
+        <v>1.03E-2</v>
       </c>
       <c r="BT43" s="1">
         <v>0</v>
       </c>
       <c r="BU43" s="1">
-        <v>1.7999999999999999E-2</v>
+        <v>7.4999999999999997E-3</v>
       </c>
       <c r="BV43" s="1">
         <v>0</v>
       </c>
       <c r="BW43" s="1">
-        <v>2.8E-3</v>
+        <v>3.5999999999999999E-3</v>
       </c>
       <c r="BX43" s="1">
         <v>0</v>
       </c>
-      <c r="BY43" s="1"/>
-      <c r="BZ43" s="1"/>
       <c r="CA43" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE43" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF43" s="1">
-        <v>0.02</v>
-[...1 lines deleted...]
-      <c r="CG43" s="1"/>
+        <v>1.03E-2</v>
+      </c>
       <c r="CH43" s="1">
         <v>0</v>
       </c>
       <c r="CI43" s="1">
-        <v>1.7999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ43" s="1"/>
+        <v>7.4999999999999997E-3</v>
+      </c>
+      <c r="CJ43" s="1">
+        <v>0</v>
+      </c>
       <c r="CK43" s="1">
-        <v>2.8E-3</v>
+        <v>4.7000000000000002E-3</v>
       </c>
       <c r="CL43" s="1">
         <v>0</v>
       </c>
       <c r="CM43" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN43" s="2" t="s">
-        <v>319</v>
-[...19 lines deleted...]
-      <c r="DG43" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CQ43" s="1">
+        <v>3.5999999999999999E-3</v>
+      </c>
+      <c r="CR43" s="1">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="CS43" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT43" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW43" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY43" s="2" t="s">
+        <v>333</v>
+      </c>
     </row>
-    <row r="44" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>215</v>
       </c>
       <c r="J44" s="1">
         <v>1</v>
       </c>
       <c r="K44" s="1" t="s">
         <v>216</v>
       </c>
       <c r="L44" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M44" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N44" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O44" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P44" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q44" s="1"/>
-      <c r="R44" s="1"/>
       <c r="S44" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T44" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U44" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V44" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W44" s="1"/>
-[...3 lines deleted...]
-      <c r="AA44" s="1"/>
       <c r="AB44" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD44" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE44" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF44" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL44" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM44" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN44" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO44" s="1"/>
       <c r="AP44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR44" s="1">
         <v>4</v>
       </c>
       <c r="AS44" s="1">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="AU44" s="1"/>
+        <v>6</v>
+      </c>
       <c r="AV44" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW44" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY44" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ44" s="1"/>
       <c r="BA44" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB44" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC44" s="1">
         <v>5</v>
       </c>
       <c r="BD44" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE44" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF44" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG44" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH44" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI44" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ44" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM44" s="1"/>
+        <v>0.05</v>
+      </c>
+      <c r="BL44" s="1">
+        <v>0</v>
+      </c>
       <c r="BN44" s="1">
         <v>0</v>
       </c>
       <c r="BO44" s="1">
         <v>0</v>
       </c>
       <c r="BP44" s="1">
         <v>0</v>
       </c>
       <c r="BQ44" s="1">
         <v>0</v>
       </c>
-      <c r="BR44" s="1"/>
       <c r="BS44" s="1">
-        <v>7.1000000000000004E-3</v>
+        <v>2.0899999999999998E-2</v>
       </c>
       <c r="BT44" s="1">
         <v>0</v>
       </c>
       <c r="BU44" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="BV44" s="1">
         <v>0</v>
       </c>
       <c r="BW44" s="1">
-        <v>2.8E-3</v>
+        <v>3.5999999999999999E-3</v>
       </c>
       <c r="BX44" s="1">
         <v>0</v>
       </c>
-      <c r="BY44" s="1"/>
-      <c r="BZ44" s="1"/>
       <c r="CA44" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE44" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF44" s="1">
-        <v>7.1000000000000004E-3</v>
-[...1 lines deleted...]
-      <c r="CG44" s="1"/>
+        <v>2.0899999999999998E-2</v>
+      </c>
       <c r="CH44" s="1">
         <v>0</v>
       </c>
       <c r="CI44" s="1">
-        <v>5.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ44" s="1"/>
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="CJ44" s="1">
+        <v>0</v>
+      </c>
       <c r="CK44" s="1">
-        <v>2.8E-3</v>
+        <v>4.7000000000000002E-3</v>
       </c>
       <c r="CL44" s="1">
         <v>0</v>
       </c>
       <c r="CM44" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN44" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX44" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY44" s="2"/>
-      <c r="CZ44" s="1"/>
-[...6 lines deleted...]
-      <c r="DG44" s="1"/>
     </row>
-    <row r="45" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A45" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>217</v>
       </c>
       <c r="J45" s="1">
         <v>1</v>
       </c>
       <c r="K45" s="1" t="s">
         <v>218</v>
       </c>
       <c r="L45" s="1" t="s">
-        <v>149</v>
+        <v>204</v>
       </c>
       <c r="M45" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N45" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O45" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P45" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q45" s="1"/>
-      <c r="R45" s="1"/>
       <c r="S45" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T45" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U45" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V45" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W45" s="1"/>
-[...3 lines deleted...]
-      <c r="AA45" s="1"/>
       <c r="AB45" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD45" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE45" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF45" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL45" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM45" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN45" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO45" s="1"/>
       <c r="AP45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR45" s="1">
         <v>4</v>
       </c>
       <c r="AS45" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU45" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV45" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW45" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY45" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ45" s="1"/>
       <c r="BA45" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB45" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC45" s="1">
         <v>5</v>
       </c>
       <c r="BD45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE45" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF45" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG45" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH45" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI45" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ45" s="1">
         <v>0.05</v>
       </c>
-      <c r="BK45" s="1"/>
-[...1 lines deleted...]
-      <c r="BM45" s="1"/>
       <c r="BN45" s="1">
         <v>0</v>
       </c>
       <c r="BO45" s="1">
         <v>0</v>
       </c>
       <c r="BP45" s="1">
         <v>0</v>
       </c>
       <c r="BQ45" s="1">
         <v>0</v>
       </c>
-      <c r="BR45" s="1"/>
       <c r="BS45" s="1">
-        <v>6.4999999999999997E-3</v>
+        <v>2.01E-2</v>
       </c>
       <c r="BT45" s="1">
         <v>0</v>
       </c>
       <c r="BU45" s="1">
-        <v>4.3249999999999999E-3</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="BV45" s="1">
         <v>0</v>
       </c>
       <c r="BW45" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX45" s="1">
         <v>0</v>
       </c>
-      <c r="BY45" s="1"/>
-      <c r="BZ45" s="1"/>
       <c r="CA45" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE45" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF45" s="1">
-        <v>6.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CG45" s="1"/>
+        <v>2.01E-2</v>
+      </c>
       <c r="CH45" s="1">
         <v>0</v>
       </c>
       <c r="CI45" s="1">
-        <v>4.3249999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CJ45" s="1"/>
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="CJ45" s="1">
+        <v>0</v>
+      </c>
       <c r="CK45" s="1">
-        <v>2.8E-3</v>
-[...1 lines deleted...]
-      <c r="CL45" s="1"/>
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="CL45" s="1">
+        <v>0</v>
+      </c>
       <c r="CM45" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN45" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG45" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY45" s="2"/>
     </row>
-    <row r="46" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A46" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>219</v>
       </c>
       <c r="J46" s="1">
         <v>1</v>
       </c>
       <c r="K46" s="1" t="s">
         <v>220</v>
       </c>
       <c r="L46" s="1" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="M46" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N46" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O46" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P46" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q46" s="1"/>
-      <c r="R46" s="1"/>
       <c r="S46" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T46" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U46" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V46" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W46" s="1"/>
-[...3 lines deleted...]
-      <c r="AA46" s="1"/>
       <c r="AB46" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC46" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD46" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE46" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF46" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG46" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH46" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI46" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ46" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK46" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL46" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM46" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN46" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO46" s="1"/>
       <c r="AP46" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ46" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR46" s="1">
         <v>4</v>
       </c>
       <c r="AS46" s="1">
         <v>5</v>
       </c>
-      <c r="AT46" s="1"/>
-      <c r="AU46" s="1"/>
       <c r="AV46" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW46" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX46" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY46" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ46" s="1"/>
       <c r="BA46" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB46" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC46" s="1">
         <v>5</v>
       </c>
       <c r="BD46" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE46" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF46" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG46" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH46" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI46" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ46" s="1">
         <v>0</v>
       </c>
-      <c r="BK46" s="1"/>
-[...1 lines deleted...]
-      <c r="BM46" s="1"/>
       <c r="BN46" s="1">
         <v>0</v>
       </c>
       <c r="BO46" s="1">
         <v>0</v>
       </c>
       <c r="BP46" s="1">
         <v>0</v>
       </c>
       <c r="BQ46" s="1">
         <v>0</v>
       </c>
-      <c r="BR46" s="1"/>
       <c r="BS46" s="1">
-        <v>6.4999999999999997E-3</v>
+        <v>7.4000000000000003E-3</v>
       </c>
       <c r="BT46" s="1">
         <v>0</v>
       </c>
       <c r="BU46" s="1">
-        <v>4.3249999999999999E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="BV46" s="1">
         <v>0</v>
       </c>
       <c r="BW46" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX46" s="1">
         <v>0</v>
       </c>
-      <c r="BY46" s="1"/>
-      <c r="BZ46" s="1"/>
       <c r="CA46" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE46" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF46" s="1">
-        <v>6.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CG46" s="1"/>
+        <v>7.4000000000000003E-3</v>
+      </c>
       <c r="CH46" s="1">
         <v>0</v>
       </c>
       <c r="CI46" s="1">
-        <v>4.3249999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CJ46" s="1"/>
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="CJ46" s="1">
+        <v>0</v>
+      </c>
       <c r="CK46" s="1">
-        <v>2.8E-3</v>
-[...1 lines deleted...]
-      <c r="CL46" s="1"/>
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="CL46" s="1">
+        <v>0</v>
+      </c>
       <c r="CM46" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN46" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG46" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY46" s="2"/>
     </row>
-    <row r="47" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A47" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>221</v>
       </c>
       <c r="J47" s="1">
         <v>1</v>
       </c>
       <c r="K47" s="1" t="s">
         <v>222</v>
       </c>
       <c r="L47" s="1" t="s">
-        <v>118</v>
+        <v>151</v>
       </c>
       <c r="M47" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N47" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O47" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P47" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q47" s="1"/>
-      <c r="R47" s="1"/>
       <c r="S47" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T47" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U47" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V47" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W47" s="1"/>
-[...3 lines deleted...]
-      <c r="AA47" s="1"/>
       <c r="AB47" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC47" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD47" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE47" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF47" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG47" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH47" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI47" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ47" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK47" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL47" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM47" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN47" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO47" s="1"/>
       <c r="AP47" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ47" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR47" s="1">
         <v>4</v>
       </c>
       <c r="AS47" s="1">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="AU47" s="1"/>
+        <v>6</v>
+      </c>
       <c r="AV47" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW47" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX47" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY47" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ47" s="1"/>
       <c r="BA47" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB47" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC47" s="1">
         <v>5</v>
       </c>
       <c r="BD47" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE47" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF47" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG47" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH47" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI47" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ47" s="1">
         <v>0.05</v>
       </c>
-      <c r="BK47" s="1"/>
-[...3 lines deleted...]
-      <c r="BM47" s="1"/>
       <c r="BN47" s="1">
         <v>0</v>
       </c>
       <c r="BO47" s="1">
         <v>0</v>
       </c>
       <c r="BP47" s="1">
         <v>0</v>
       </c>
       <c r="BQ47" s="1">
         <v>0</v>
       </c>
-      <c r="BR47" s="1"/>
       <c r="BS47" s="1">
-        <v>0.02</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BT47" s="1">
         <v>0</v>
       </c>
       <c r="BU47" s="1">
-        <v>1.7999999999999999E-2</v>
+        <v>4.3249999999999999E-3</v>
       </c>
       <c r="BV47" s="1">
         <v>0</v>
       </c>
       <c r="BW47" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX47" s="1">
         <v>0</v>
       </c>
-      <c r="BY47" s="1"/>
-      <c r="BZ47" s="1"/>
       <c r="CA47" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE47" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF47" s="1">
-        <v>0.02</v>
-[...1 lines deleted...]
-      <c r="CG47" s="1"/>
+        <v>6.4999999999999997E-3</v>
+      </c>
       <c r="CH47" s="1">
         <v>0</v>
       </c>
       <c r="CI47" s="1">
-        <v>1.7999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ47" s="1"/>
+        <v>4.3249999999999999E-3</v>
+      </c>
+      <c r="CJ47" s="1">
+        <v>0</v>
+      </c>
       <c r="CK47" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL47" s="1">
         <v>0</v>
       </c>
       <c r="CM47" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN47" s="2" t="s">
-        <v>319</v>
-[...19 lines deleted...]
-      <c r="DG47" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CQ47" s="1">
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="CR47" s="1">
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="CS47" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT47" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW47" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY47" s="2" t="s">
+        <v>334</v>
+      </c>
     </row>
-    <row r="48" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A48" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>223</v>
       </c>
       <c r="J48" s="1">
         <v>1</v>
       </c>
       <c r="K48" s="1" t="s">
         <v>224</v>
       </c>
       <c r="L48" s="1" t="s">
-        <v>118</v>
+        <v>136</v>
       </c>
       <c r="M48" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N48" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O48" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P48" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q48" s="1"/>
-      <c r="R48" s="1"/>
       <c r="S48" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T48" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U48" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V48" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W48" s="1"/>
-[...3 lines deleted...]
-      <c r="AA48" s="1"/>
       <c r="AB48" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC48" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD48" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE48" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF48" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG48" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH48" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI48" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ48" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK48" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL48" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM48" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN48" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO48" s="1"/>
       <c r="AP48" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ48" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR48" s="1">
         <v>4</v>
       </c>
       <c r="AS48" s="1">
         <v>5</v>
       </c>
-      <c r="AT48" s="1"/>
-      <c r="AU48" s="1"/>
       <c r="AV48" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW48" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX48" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY48" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ48" s="1"/>
       <c r="BA48" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB48" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC48" s="1">
         <v>5</v>
       </c>
       <c r="BD48" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE48" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF48" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG48" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH48" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI48" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ48" s="1">
         <v>0</v>
       </c>
-      <c r="BK48" s="1"/>
-[...1 lines deleted...]
-      <c r="BM48" s="1"/>
       <c r="BN48" s="1">
         <v>0</v>
       </c>
       <c r="BO48" s="1">
         <v>0</v>
       </c>
       <c r="BP48" s="1">
         <v>0</v>
       </c>
       <c r="BQ48" s="1">
         <v>0</v>
       </c>
-      <c r="BR48" s="1"/>
       <c r="BS48" s="1">
-        <v>1.0999999999999999E-2</v>
+        <v>6.4999999999999997E-3</v>
       </c>
       <c r="BT48" s="1">
         <v>0</v>
       </c>
       <c r="BU48" s="1">
-        <v>8.9999999999999993E-3</v>
+        <v>4.3249999999999999E-3</v>
       </c>
       <c r="BV48" s="1">
         <v>0</v>
       </c>
       <c r="BW48" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX48" s="1">
         <v>0</v>
       </c>
-      <c r="BY48" s="1"/>
-      <c r="BZ48" s="1"/>
       <c r="CA48" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE48" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF48" s="1">
-        <v>1.0999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CG48" s="1"/>
+        <v>6.4999999999999997E-3</v>
+      </c>
       <c r="CH48" s="1">
         <v>0</v>
       </c>
       <c r="CI48" s="1">
-        <v>8.9999999999999993E-3</v>
-[...1 lines deleted...]
-      <c r="CJ48" s="1"/>
+        <v>4.3249999999999999E-3</v>
+      </c>
+      <c r="CJ48" s="1">
+        <v>0</v>
+      </c>
       <c r="CK48" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL48" s="1">
         <v>0</v>
       </c>
       <c r="CM48" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN48" s="2" t="s">
-        <v>319</v>
-[...19 lines deleted...]
-      <c r="DG48" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CQ48" s="1">
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="CR48" s="1">
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="CS48" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT48" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW48" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY48" s="2" t="s">
+        <v>335</v>
+      </c>
     </row>
-    <row r="49" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A49" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>225</v>
       </c>
       <c r="J49" s="1">
         <v>1</v>
       </c>
       <c r="K49" s="1" t="s">
         <v>226</v>
       </c>
       <c r="L49" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M49" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N49" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O49" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P49" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q49" s="1"/>
-      <c r="R49" s="1"/>
       <c r="S49" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T49" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U49" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V49" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W49" s="1"/>
-[...3 lines deleted...]
-      <c r="AA49" s="1"/>
       <c r="AB49" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC49" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD49" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE49" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF49" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG49" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH49" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI49" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ49" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK49" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL49" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM49" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN49" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO49" s="1"/>
       <c r="AP49" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ49" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR49" s="1">
         <v>4</v>
       </c>
       <c r="AS49" s="1">
         <v>5</v>
       </c>
-      <c r="AT49" s="1"/>
-      <c r="AU49" s="1"/>
       <c r="AV49" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW49" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX49" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY49" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ49" s="1"/>
       <c r="BA49" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB49" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC49" s="1">
         <v>5</v>
       </c>
       <c r="BD49" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE49" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF49" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG49" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH49" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI49" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ49" s="1">
         <v>0.05</v>
       </c>
-      <c r="BK49" s="1"/>
-[...1 lines deleted...]
-      <c r="BM49" s="1"/>
+      <c r="BL49" s="1">
+        <v>0</v>
+      </c>
       <c r="BN49" s="1">
         <v>0</v>
       </c>
       <c r="BO49" s="1">
         <v>0</v>
       </c>
       <c r="BP49" s="1">
         <v>0</v>
       </c>
       <c r="BQ49" s="1">
         <v>0</v>
       </c>
-      <c r="BR49" s="1"/>
       <c r="BS49" s="1">
-        <v>8.2000000000000007E-3</v>
+        <v>2.0199999999999999E-2</v>
       </c>
       <c r="BT49" s="1">
         <v>0</v>
       </c>
       <c r="BU49" s="1">
-        <v>6.2500000000000003E-3</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="BV49" s="1">
         <v>0</v>
       </c>
       <c r="BW49" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX49" s="1">
         <v>0</v>
       </c>
-      <c r="BY49" s="1"/>
-      <c r="BZ49" s="1"/>
       <c r="CA49" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE49" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF49" s="1">
-        <v>8.2000000000000007E-3</v>
-[...1 lines deleted...]
-      <c r="CG49" s="1"/>
+        <v>2.0199999999999999E-2</v>
+      </c>
       <c r="CH49" s="1">
         <v>0</v>
       </c>
       <c r="CI49" s="1">
-        <v>6.2500000000000003E-3</v>
-[...1 lines deleted...]
-      <c r="CJ49" s="1"/>
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="CJ49" s="1">
+        <v>0</v>
+      </c>
       <c r="CK49" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL49" s="1">
         <v>0</v>
       </c>
       <c r="CM49" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN49" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX49" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY49" s="2"/>
-      <c r="CZ49" s="1"/>
-[...6 lines deleted...]
-      <c r="DG49" s="1"/>
     </row>
-    <row r="50" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A50" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>227</v>
       </c>
       <c r="J50" s="1">
         <v>1</v>
       </c>
       <c r="K50" s="1" t="s">
         <v>228</v>
       </c>
       <c r="L50" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M50" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N50" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O50" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P50" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q50" s="1"/>
-      <c r="R50" s="1"/>
       <c r="S50" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T50" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U50" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V50" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W50" s="1"/>
-[...3 lines deleted...]
-      <c r="AA50" s="1"/>
       <c r="AB50" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC50" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD50" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE50" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF50" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG50" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH50" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI50" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ50" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK50" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL50" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM50" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN50" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO50" s="1"/>
       <c r="AP50" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ50" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR50" s="1">
         <v>4</v>
       </c>
       <c r="AS50" s="1">
         <v>5</v>
       </c>
-      <c r="AT50" s="1"/>
-      <c r="AU50" s="1"/>
       <c r="AV50" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW50" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX50" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY50" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ50" s="1"/>
       <c r="BA50" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB50" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC50" s="1">
         <v>5</v>
       </c>
       <c r="BD50" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE50" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF50" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG50" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH50" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI50" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ50" s="1">
         <v>0</v>
       </c>
-      <c r="BK50" s="1"/>
-[...1 lines deleted...]
-      <c r="BM50" s="1"/>
       <c r="BN50" s="1">
         <v>0</v>
       </c>
       <c r="BO50" s="1">
         <v>0</v>
       </c>
       <c r="BP50" s="1">
         <v>0</v>
       </c>
       <c r="BQ50" s="1">
         <v>0</v>
       </c>
-      <c r="BR50" s="1"/>
       <c r="BS50" s="1">
-        <v>2E-3</v>
+        <v>1.11E-2</v>
       </c>
       <c r="BT50" s="1">
         <v>0</v>
       </c>
       <c r="BU50" s="1">
-        <v>0</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="BV50" s="1">
         <v>0</v>
       </c>
       <c r="BW50" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX50" s="1">
         <v>0</v>
       </c>
-      <c r="BY50" s="1"/>
-      <c r="BZ50" s="1"/>
       <c r="CA50" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE50" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF50" s="1">
-        <v>2E-3</v>
-[...1 lines deleted...]
-      <c r="CG50" s="1"/>
+        <v>1.11E-2</v>
+      </c>
       <c r="CH50" s="1">
         <v>0</v>
       </c>
       <c r="CI50" s="1">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="CJ50" s="1"/>
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="CJ50" s="1">
+        <v>0</v>
+      </c>
       <c r="CK50" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL50" s="1">
         <v>0</v>
       </c>
       <c r="CM50" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN50" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX50" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY50" s="2"/>
-      <c r="CZ50" s="1"/>
-[...6 lines deleted...]
-      <c r="DG50" s="1"/>
     </row>
-    <row r="51" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A51" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>229</v>
       </c>
       <c r="J51" s="1">
         <v>1</v>
       </c>
       <c r="K51" s="1" t="s">
         <v>230</v>
       </c>
       <c r="L51" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M51" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N51" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O51" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P51" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q51" s="1"/>
-      <c r="R51" s="1"/>
       <c r="S51" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T51" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U51" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V51" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W51" s="1"/>
-[...5 lines deleted...]
-      <c r="AA51" s="1"/>
       <c r="AB51" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD51" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE51" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF51" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL51" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM51" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN51" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO51" s="1"/>
       <c r="AP51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR51" s="1">
         <v>4</v>
       </c>
       <c r="AS51" s="1">
         <v>5</v>
       </c>
-      <c r="AT51" s="1"/>
-      <c r="AU51" s="1"/>
       <c r="AV51" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW51" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY51" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ51" s="1"/>
       <c r="BA51" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB51" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC51" s="1">
         <v>5</v>
       </c>
       <c r="BD51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE51" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF51" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG51" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH51" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI51" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ51" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM51" s="1"/>
+        <v>0.05</v>
+      </c>
       <c r="BN51" s="1">
         <v>0</v>
       </c>
       <c r="BO51" s="1">
         <v>0</v>
       </c>
       <c r="BP51" s="1">
         <v>0</v>
       </c>
       <c r="BQ51" s="1">
         <v>0</v>
       </c>
-      <c r="BR51" s="1"/>
       <c r="BS51" s="1">
-        <v>9.4999999999999998E-3</v>
+        <v>8.3999999999999995E-3</v>
       </c>
       <c r="BT51" s="1">
         <v>0</v>
       </c>
       <c r="BU51" s="1">
-        <v>7.4999999999999997E-3</v>
+        <v>6.2500000000000003E-3</v>
       </c>
       <c r="BV51" s="1">
         <v>0</v>
       </c>
       <c r="BW51" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX51" s="1">
         <v>0</v>
       </c>
-      <c r="BY51" s="1"/>
-      <c r="BZ51" s="1"/>
       <c r="CA51" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE51" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF51" s="1">
-        <v>9.4999999999999998E-3</v>
-[...1 lines deleted...]
-      <c r="CG51" s="1"/>
+        <v>8.3999999999999995E-3</v>
+      </c>
       <c r="CH51" s="1">
         <v>0</v>
       </c>
       <c r="CI51" s="1">
-        <v>7.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CJ51" s="1"/>
+        <v>6.2500000000000003E-3</v>
+      </c>
+      <c r="CJ51" s="1">
+        <v>0</v>
+      </c>
       <c r="CK51" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL51" s="1">
         <v>0</v>
       </c>
       <c r="CM51" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN51" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG51" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY51" s="2"/>
     </row>
-    <row r="52" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A52" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>231</v>
       </c>
       <c r="J52" s="1">
         <v>1</v>
       </c>
       <c r="K52" s="1" t="s">
         <v>232</v>
       </c>
       <c r="L52" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M52" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N52" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O52" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P52" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q52" s="1"/>
-      <c r="R52" s="1"/>
       <c r="S52" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T52" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U52" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V52" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W52" s="1"/>
-[...5 lines deleted...]
-      <c r="AA52" s="1"/>
       <c r="AB52" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC52" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD52" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE52" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF52" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG52" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH52" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI52" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ52" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK52" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL52" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM52" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN52" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO52" s="1"/>
       <c r="AP52" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ52" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR52" s="1">
         <v>4</v>
       </c>
       <c r="AS52" s="1">
         <v>5</v>
       </c>
-      <c r="AT52" s="1"/>
-      <c r="AU52" s="1"/>
       <c r="AV52" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW52" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX52" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY52" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ52" s="1"/>
       <c r="BA52" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB52" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC52" s="1">
         <v>5</v>
       </c>
       <c r="BD52" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE52" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF52" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG52" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH52" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI52" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ52" s="1">
         <v>0</v>
       </c>
-      <c r="BK52" s="1"/>
-[...1 lines deleted...]
-      <c r="BM52" s="1"/>
       <c r="BN52" s="1">
         <v>0</v>
       </c>
       <c r="BO52" s="1">
         <v>0</v>
       </c>
       <c r="BP52" s="1">
         <v>0</v>
       </c>
       <c r="BQ52" s="1">
         <v>0</v>
       </c>
-      <c r="BR52" s="1"/>
       <c r="BS52" s="1">
-        <v>5.7999999999999996E-3</v>
+        <v>2.0999999999999999E-3</v>
       </c>
       <c r="BT52" s="1">
         <v>0</v>
       </c>
       <c r="BU52" s="1">
-        <v>3.7499999999999999E-3</v>
+        <v>0</v>
       </c>
       <c r="BV52" s="1">
         <v>0</v>
       </c>
       <c r="BW52" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX52" s="1">
         <v>0</v>
       </c>
-      <c r="BY52" s="1"/>
-      <c r="BZ52" s="1"/>
       <c r="CA52" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE52" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF52" s="1">
-        <v>5.7999999999999996E-3</v>
-[...1 lines deleted...]
-      <c r="CG52" s="1"/>
+        <v>2.0999999999999999E-3</v>
+      </c>
       <c r="CH52" s="1">
         <v>0</v>
       </c>
       <c r="CI52" s="1">
-        <v>3.7499999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CJ52" s="1"/>
+        <v>0</v>
+      </c>
+      <c r="CJ52" s="1">
+        <v>0</v>
+      </c>
       <c r="CK52" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL52" s="1">
         <v>0</v>
       </c>
       <c r="CM52" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN52" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX52" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY52" s="2"/>
-      <c r="CZ52" s="1"/>
-[...6 lines deleted...]
-      <c r="DG52" s="1"/>
     </row>
-    <row r="53" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A53" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>233</v>
       </c>
       <c r="J53" s="1">
         <v>1</v>
       </c>
       <c r="K53" s="1" t="s">
         <v>234</v>
       </c>
       <c r="L53" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M53" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N53" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="O53" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P53" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q53" s="1"/>
-      <c r="R53" s="1"/>
       <c r="S53" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T53" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U53" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V53" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W53" s="1"/>
-      <c r="X53" s="1"/>
       <c r="Y53" s="1">
         <v>13</v>
       </c>
-      <c r="Z53" s="1"/>
-      <c r="AA53" s="1"/>
       <c r="AB53" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD53" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE53" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL53" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM53" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN53" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO53" s="1"/>
       <c r="AP53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR53" s="1">
         <v>4</v>
       </c>
       <c r="AS53" s="1">
         <v>5</v>
       </c>
-      <c r="AT53" s="1"/>
-      <c r="AU53" s="1"/>
       <c r="AV53" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW53" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY53" s="1" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="AZ53" s="1"/>
+        <v>126</v>
+      </c>
       <c r="BA53" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB53" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC53" s="1">
         <v>5</v>
       </c>
       <c r="BD53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE53" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF53" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG53" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH53" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI53" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ53" s="1">
         <v>0</v>
       </c>
-      <c r="BK53" s="1"/>
-[...1 lines deleted...]
-      <c r="BM53" s="1"/>
       <c r="BN53" s="1">
         <v>0</v>
       </c>
       <c r="BO53" s="1">
         <v>0</v>
       </c>
       <c r="BP53" s="1">
         <v>0</v>
       </c>
       <c r="BQ53" s="1">
         <v>0</v>
       </c>
-      <c r="BR53" s="1"/>
       <c r="BS53" s="1">
-        <v>9.4999999999999998E-3</v>
+        <v>9.5999999999999992E-3</v>
       </c>
       <c r="BT53" s="1">
         <v>0</v>
       </c>
       <c r="BU53" s="1">
         <v>7.4999999999999997E-3</v>
       </c>
       <c r="BV53" s="1">
         <v>0</v>
       </c>
       <c r="BW53" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX53" s="1">
         <v>0</v>
       </c>
-      <c r="BY53" s="1"/>
-      <c r="BZ53" s="1"/>
       <c r="CA53" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE53" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF53" s="1">
-        <v>9.4999999999999998E-3</v>
-[...1 lines deleted...]
-      <c r="CG53" s="1"/>
+        <v>9.5999999999999992E-3</v>
+      </c>
       <c r="CH53" s="1">
         <v>0</v>
       </c>
       <c r="CI53" s="1">
         <v>7.4999999999999997E-3</v>
       </c>
-      <c r="CJ53" s="1"/>
+      <c r="CJ53" s="1">
+        <v>0</v>
+      </c>
       <c r="CK53" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL53" s="1">
         <v>0</v>
       </c>
       <c r="CM53" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN53" s="2" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-      <c r="CP53" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CQ53" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CR53" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CS53" s="1" t="s">
         <v>115</v>
       </c>
       <c r="CT53" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="CU53" s="1"/>
-      <c r="CV53" s="1"/>
       <c r="CW53" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="CX53" s="1"/>
       <c r="CY53" s="2" t="s">
-        <v>334</v>
-[...8 lines deleted...]
-      <c r="DG53" s="1"/>
+        <v>336</v>
+      </c>
     </row>
-    <row r="54" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A54" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>235</v>
       </c>
       <c r="J54" s="1">
         <v>1</v>
       </c>
       <c r="K54" s="1" t="s">
         <v>236</v>
       </c>
       <c r="L54" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M54" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N54" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O54" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P54" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q54" s="1"/>
-      <c r="R54" s="1"/>
       <c r="S54" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T54" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U54" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V54" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W54" s="1"/>
-      <c r="X54" s="1"/>
       <c r="Y54" s="1">
         <v>13</v>
       </c>
-      <c r="Z54" s="1"/>
-      <c r="AA54" s="1"/>
       <c r="AB54" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC54" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD54" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE54" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF54" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG54" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH54" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI54" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ54" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK54" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL54" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM54" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN54" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO54" s="1"/>
       <c r="AP54" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ54" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR54" s="1">
         <v>4</v>
       </c>
       <c r="AS54" s="1">
         <v>5</v>
       </c>
-      <c r="AT54" s="1"/>
-      <c r="AU54" s="1"/>
       <c r="AV54" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW54" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX54" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY54" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ54" s="1"/>
       <c r="BA54" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB54" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC54" s="1">
         <v>5</v>
       </c>
       <c r="BD54" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE54" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF54" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG54" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH54" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI54" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ54" s="1">
-        <v>0.05</v>
-[...3 lines deleted...]
-      <c r="BM54" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN54" s="1">
         <v>0</v>
       </c>
       <c r="BO54" s="1">
         <v>0</v>
       </c>
       <c r="BP54" s="1">
         <v>0</v>
       </c>
       <c r="BQ54" s="1">
         <v>0</v>
       </c>
-      <c r="BR54" s="1"/>
       <c r="BS54" s="1">
-        <v>1.7000000000000001E-2</v>
+        <v>5.8999999999999999E-3</v>
       </c>
       <c r="BT54" s="1">
         <v>0</v>
       </c>
       <c r="BU54" s="1">
-        <v>1.4999999999999999E-2</v>
+        <v>3.7499999999999999E-3</v>
       </c>
       <c r="BV54" s="1">
         <v>0</v>
       </c>
       <c r="BW54" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX54" s="1">
         <v>0</v>
       </c>
-      <c r="BY54" s="1"/>
-      <c r="BZ54" s="1"/>
       <c r="CA54" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE54" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF54" s="1">
-        <v>1.7000000000000001E-2</v>
-[...1 lines deleted...]
-      <c r="CG54" s="1"/>
+        <v>5.8999999999999999E-3</v>
+      </c>
       <c r="CH54" s="1">
         <v>0</v>
       </c>
       <c r="CI54" s="1">
-        <v>1.4999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ54" s="1"/>
+        <v>3.7499999999999999E-3</v>
+      </c>
+      <c r="CJ54" s="1">
+        <v>0</v>
+      </c>
       <c r="CK54" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL54" s="1">
         <v>0</v>
       </c>
       <c r="CM54" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN54" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX54" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY54" s="2"/>
-      <c r="CZ54" s="1"/>
-[...6 lines deleted...]
-      <c r="DG54" s="1"/>
     </row>
-    <row r="55" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>237</v>
       </c>
       <c r="J55" s="1">
         <v>1</v>
       </c>
       <c r="K55" s="1" t="s">
         <v>238</v>
       </c>
       <c r="L55" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M55" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="O55" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P55" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q55" s="1"/>
-      <c r="R55" s="1"/>
       <c r="S55" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T55" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U55" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V55" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W55" s="1"/>
-      <c r="X55" s="1"/>
       <c r="Y55" s="1">
         <v>13</v>
       </c>
-      <c r="Z55" s="1"/>
-      <c r="AA55" s="1"/>
       <c r="AB55" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD55" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE55" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL55" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM55" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN55" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO55" s="1"/>
       <c r="AP55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR55" s="1">
         <v>4</v>
       </c>
       <c r="AS55" s="1">
         <v>5</v>
       </c>
-      <c r="AT55" s="1"/>
-      <c r="AU55" s="1"/>
       <c r="AV55" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW55" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY55" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="AZ55" s="1"/>
       <c r="BA55" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB55" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC55" s="1">
         <v>5</v>
       </c>
       <c r="BD55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE55" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF55" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG55" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH55" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI55" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ55" s="1">
-        <v>0.05</v>
-[...3 lines deleted...]
-      <c r="BM55" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN55" s="1">
         <v>0</v>
       </c>
       <c r="BO55" s="1">
         <v>0</v>
       </c>
       <c r="BP55" s="1">
         <v>0</v>
       </c>
       <c r="BQ55" s="1">
         <v>0</v>
       </c>
-      <c r="BR55" s="1"/>
       <c r="BS55" s="1">
-        <v>1.7000000000000001E-2</v>
+        <v>9.5999999999999992E-3</v>
       </c>
       <c r="BT55" s="1">
         <v>0</v>
       </c>
       <c r="BU55" s="1">
-        <v>1.4999999999999999E-2</v>
+        <v>7.4999999999999997E-3</v>
       </c>
       <c r="BV55" s="1">
         <v>0</v>
       </c>
       <c r="BW55" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX55" s="1">
         <v>0</v>
       </c>
-      <c r="BY55" s="1"/>
-      <c r="BZ55" s="1"/>
       <c r="CA55" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE55" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF55" s="1">
-        <v>1.7000000000000001E-2</v>
-[...1 lines deleted...]
-      <c r="CG55" s="1"/>
+        <v>9.5999999999999992E-3</v>
+      </c>
       <c r="CH55" s="1">
         <v>0</v>
       </c>
       <c r="CI55" s="1">
-        <v>1.4999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ55" s="1"/>
+        <v>7.4999999999999997E-3</v>
+      </c>
+      <c r="CJ55" s="1">
+        <v>0</v>
+      </c>
       <c r="CK55" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL55" s="1">
         <v>0</v>
       </c>
       <c r="CM55" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN55" s="2" t="s">
-        <v>319</v>
-[...19 lines deleted...]
-      <c r="DG55" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CQ55" s="1">
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="CR55" s="1">
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="CS55" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT55" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW55" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY55" s="2" t="s">
+        <v>337</v>
+      </c>
     </row>
-    <row r="56" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>239</v>
       </c>
       <c r="J56" s="1">
         <v>1</v>
       </c>
       <c r="K56" s="1" t="s">
         <v>240</v>
       </c>
       <c r="L56" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M56" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N56" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O56" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P56" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q56" s="1"/>
-      <c r="R56" s="1"/>
       <c r="S56" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T56" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U56" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V56" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W56" s="1"/>
-[...3 lines deleted...]
-      <c r="AA56" s="1"/>
+      <c r="Y56" s="1">
+        <v>13</v>
+      </c>
       <c r="AB56" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD56" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE56" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL56" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM56" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN56" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO56" s="1"/>
       <c r="AP56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR56" s="1">
         <v>4</v>
       </c>
       <c r="AS56" s="1">
         <v>5</v>
       </c>
-      <c r="AT56" s="1"/>
-      <c r="AU56" s="1"/>
       <c r="AV56" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW56" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY56" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ56" s="1"/>
       <c r="BA56" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB56" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC56" s="1">
         <v>5</v>
       </c>
       <c r="BD56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE56" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF56" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG56" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH56" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI56" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ56" s="1">
         <v>0.05</v>
       </c>
-      <c r="BK56" s="1"/>
-[...1 lines deleted...]
-      <c r="BM56" s="1"/>
       <c r="BN56" s="1">
         <v>0</v>
       </c>
       <c r="BO56" s="1">
         <v>0</v>
       </c>
       <c r="BP56" s="1">
         <v>0</v>
       </c>
       <c r="BQ56" s="1">
         <v>0</v>
       </c>
-      <c r="BR56" s="1"/>
       <c r="BS56" s="1">
-        <v>0.02</v>
+        <v>1.7100000000000001E-2</v>
       </c>
       <c r="BT56" s="1">
         <v>0</v>
       </c>
       <c r="BU56" s="1">
-        <v>1.7999999999999999E-2</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="BV56" s="1">
         <v>0</v>
       </c>
       <c r="BW56" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX56" s="1">
         <v>0</v>
       </c>
-      <c r="BY56" s="1"/>
-      <c r="BZ56" s="1"/>
       <c r="CA56" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE56" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF56" s="1">
-        <v>0.02</v>
-[...1 lines deleted...]
-      <c r="CG56" s="1"/>
+        <v>1.7100000000000001E-2</v>
+      </c>
       <c r="CH56" s="1">
         <v>0</v>
       </c>
       <c r="CI56" s="1">
-        <v>1.7999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ56" s="1"/>
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="CJ56" s="1">
+        <v>0</v>
+      </c>
       <c r="CK56" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL56" s="1">
         <v>0</v>
       </c>
       <c r="CM56" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN56" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX56" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY56" s="2"/>
-      <c r="CZ56" s="1"/>
-[...6 lines deleted...]
-      <c r="DG56" s="1"/>
     </row>
-    <row r="57" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A57" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>241</v>
       </c>
       <c r="J57" s="1">
         <v>1</v>
       </c>
       <c r="K57" s="1" t="s">
         <v>242</v>
       </c>
       <c r="L57" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M57" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="O57" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P57" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q57" s="1"/>
-      <c r="R57" s="1"/>
       <c r="S57" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T57" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U57" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V57" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W57" s="1"/>
-[...3 lines deleted...]
-      <c r="AA57" s="1"/>
+      <c r="Y57" s="1">
+        <v>13</v>
+      </c>
       <c r="AB57" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD57" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE57" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL57" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM57" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN57" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO57" s="1"/>
       <c r="AP57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR57" s="1">
         <v>4</v>
       </c>
       <c r="AS57" s="1">
         <v>5</v>
       </c>
-      <c r="AT57" s="1"/>
-      <c r="AU57" s="1"/>
       <c r="AV57" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW57" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY57" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="AZ57" s="1"/>
       <c r="BA57" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB57" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC57" s="1">
         <v>5</v>
       </c>
       <c r="BD57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE57" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF57" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG57" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH57" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI57" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ57" s="1">
         <v>0.05</v>
       </c>
-      <c r="BK57" s="1"/>
-[...1 lines deleted...]
-      <c r="BM57" s="1"/>
       <c r="BN57" s="1">
         <v>0</v>
       </c>
       <c r="BO57" s="1">
         <v>0</v>
       </c>
       <c r="BP57" s="1">
         <v>0</v>
       </c>
       <c r="BQ57" s="1">
         <v>0</v>
       </c>
-      <c r="BR57" s="1"/>
       <c r="BS57" s="1">
-        <v>0.02</v>
+        <v>1.7100000000000001E-2</v>
       </c>
       <c r="BT57" s="1">
         <v>0</v>
       </c>
       <c r="BU57" s="1">
-        <v>1.7999999999999999E-2</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="BV57" s="1">
         <v>0</v>
       </c>
       <c r="BW57" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX57" s="1">
         <v>0</v>
       </c>
-      <c r="BY57" s="1"/>
-      <c r="BZ57" s="1"/>
       <c r="CA57" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE57" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF57" s="1">
-        <v>0.02</v>
-[...1 lines deleted...]
-      <c r="CG57" s="1"/>
+        <v>1.7100000000000001E-2</v>
+      </c>
       <c r="CH57" s="1">
         <v>0</v>
       </c>
       <c r="CI57" s="1">
-        <v>1.7999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ57" s="1"/>
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="CJ57" s="1">
+        <v>0</v>
+      </c>
       <c r="CK57" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL57" s="1">
         <v>0</v>
       </c>
       <c r="CM57" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN57" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX57" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY57" s="2"/>
-      <c r="CZ57" s="1"/>
-[...6 lines deleted...]
-      <c r="DG57" s="1"/>
     </row>
-    <row r="58" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A58" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>243</v>
       </c>
       <c r="J58" s="1">
         <v>1</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>244</v>
       </c>
       <c r="L58" s="1" t="s">
-        <v>177</v>
+        <v>118</v>
       </c>
       <c r="M58" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N58" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O58" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P58" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q58" s="1"/>
-      <c r="R58" s="1"/>
       <c r="S58" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T58" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U58" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V58" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W58" s="1"/>
-[...3 lines deleted...]
-      <c r="AA58" s="1"/>
       <c r="AB58" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC58" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD58" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE58" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF58" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG58" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH58" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI58" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ58" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK58" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL58" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM58" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN58" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO58" s="1"/>
       <c r="AP58" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ58" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR58" s="1">
         <v>4</v>
       </c>
       <c r="AS58" s="1">
         <v>5</v>
       </c>
-      <c r="AT58" s="1"/>
-      <c r="AU58" s="1"/>
       <c r="AV58" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW58" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX58" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY58" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ58" s="1"/>
       <c r="BA58" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB58" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC58" s="1">
         <v>5</v>
       </c>
       <c r="BD58" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE58" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF58" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG58" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH58" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI58" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ58" s="1">
         <v>0.05</v>
       </c>
-      <c r="BK58" s="1"/>
-[...1 lines deleted...]
-      <c r="BM58" s="1"/>
       <c r="BN58" s="1">
         <v>0</v>
       </c>
       <c r="BO58" s="1">
         <v>0</v>
       </c>
       <c r="BP58" s="1">
         <v>0</v>
       </c>
       <c r="BQ58" s="1">
         <v>0</v>
       </c>
-      <c r="BR58" s="1"/>
       <c r="BS58" s="1">
-        <v>1.7100000000000001E-2</v>
+        <v>2.01E-2</v>
       </c>
       <c r="BT58" s="1">
         <v>0</v>
       </c>
       <c r="BU58" s="1">
-        <v>1.4999999999999999E-2</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="BV58" s="1">
         <v>0</v>
       </c>
       <c r="BW58" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX58" s="1">
         <v>0</v>
       </c>
-      <c r="BY58" s="1"/>
-      <c r="BZ58" s="1"/>
       <c r="CA58" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE58" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF58" s="1">
-        <v>1.7100000000000001E-2</v>
-[...1 lines deleted...]
-      <c r="CG58" s="1"/>
+        <v>2.01E-2</v>
+      </c>
       <c r="CH58" s="1">
         <v>0</v>
       </c>
       <c r="CI58" s="1">
-        <v>1.4999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ58" s="1"/>
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="CJ58" s="1">
+        <v>0</v>
+      </c>
       <c r="CK58" s="1">
-        <v>2.8E-3</v>
-[...1 lines deleted...]
-      <c r="CL58" s="1"/>
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="CL58" s="1">
+        <v>0</v>
+      </c>
       <c r="CM58" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN58" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX58" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY58" s="2"/>
-      <c r="CZ58" s="1"/>
-[...6 lines deleted...]
-      <c r="DG58" s="1"/>
     </row>
-    <row r="59" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A59" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>245</v>
       </c>
       <c r="J59" s="1">
         <v>1</v>
       </c>
       <c r="K59" s="1" t="s">
         <v>246</v>
       </c>
       <c r="L59" s="1" t="s">
-        <v>149</v>
+        <v>118</v>
       </c>
       <c r="M59" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="O59" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P59" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q59" s="1"/>
-      <c r="R59" s="1"/>
       <c r="S59" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T59" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U59" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V59" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W59" s="1"/>
-[...3 lines deleted...]
-      <c r="AA59" s="1"/>
       <c r="AB59" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD59" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE59" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL59" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM59" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN59" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO59" s="1"/>
       <c r="AP59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR59" s="1">
         <v>4</v>
       </c>
       <c r="AS59" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU59" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV59" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW59" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY59" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="AZ59" s="1"/>
       <c r="BA59" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB59" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC59" s="1">
         <v>5</v>
       </c>
       <c r="BD59" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE59" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF59" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG59" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH59" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI59" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ59" s="1">
         <v>0.05</v>
       </c>
-      <c r="BK59" s="1"/>
-[...1 lines deleted...]
-      <c r="BM59" s="1"/>
       <c r="BN59" s="1">
         <v>0</v>
       </c>
       <c r="BO59" s="1">
         <v>0</v>
       </c>
       <c r="BP59" s="1">
         <v>0</v>
       </c>
       <c r="BQ59" s="1">
         <v>0</v>
       </c>
-      <c r="BR59" s="1"/>
       <c r="BS59" s="1">
-        <v>1.72E-2</v>
+        <v>2.01E-2</v>
       </c>
       <c r="BT59" s="1">
         <v>0</v>
       </c>
       <c r="BU59" s="1">
-        <v>1.4999999999999999E-2</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="BV59" s="1">
         <v>0</v>
       </c>
       <c r="BW59" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX59" s="1">
         <v>0</v>
       </c>
-      <c r="BY59" s="1"/>
-      <c r="BZ59" s="1"/>
       <c r="CA59" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE59" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF59" s="1">
-        <v>1.72E-2</v>
-[...1 lines deleted...]
-      <c r="CG59" s="1"/>
+        <v>2.01E-2</v>
+      </c>
       <c r="CH59" s="1">
         <v>0</v>
       </c>
       <c r="CI59" s="1">
-        <v>1.4999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ59" s="1"/>
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="CJ59" s="1">
+        <v>0</v>
+      </c>
       <c r="CK59" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL59" s="1">
         <v>0</v>
       </c>
       <c r="CM59" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN59" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX59" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY59" s="2"/>
-      <c r="CZ59" s="1"/>
-[...6 lines deleted...]
-      <c r="DG59" s="1"/>
     </row>
-    <row r="60" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A60" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H60" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>247</v>
       </c>
       <c r="J60" s="1">
         <v>1</v>
       </c>
       <c r="K60" s="1" t="s">
         <v>248</v>
       </c>
       <c r="L60" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="M60" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N60" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="O60" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P60" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q60" s="1"/>
-      <c r="R60" s="1"/>
       <c r="S60" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T60" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U60" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V60" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W60" s="1"/>
-[...3 lines deleted...]
-      <c r="AA60" s="1"/>
       <c r="AB60" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC60" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD60" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE60" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF60" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG60" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH60" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI60" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ60" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK60" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL60" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM60" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN60" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO60" s="1"/>
       <c r="AP60" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ60" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR60" s="1">
         <v>4</v>
       </c>
       <c r="AS60" s="1">
         <v>5</v>
       </c>
-      <c r="AT60" s="1"/>
-      <c r="AU60" s="1"/>
       <c r="AV60" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW60" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX60" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY60" s="1" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="AZ60" s="1"/>
+        <v>126</v>
+      </c>
       <c r="BA60" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB60" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC60" s="1">
         <v>5</v>
       </c>
       <c r="BD60" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE60" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF60" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG60" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH60" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI60" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ60" s="1">
         <v>0.05</v>
       </c>
-      <c r="BK60" s="1"/>
-[...1 lines deleted...]
-      <c r="BM60" s="1"/>
       <c r="BN60" s="1">
         <v>0</v>
       </c>
       <c r="BO60" s="1">
         <v>0</v>
       </c>
       <c r="BP60" s="1">
         <v>0</v>
       </c>
       <c r="BQ60" s="1">
         <v>0</v>
       </c>
-      <c r="BR60" s="1"/>
       <c r="BS60" s="1">
-        <v>1.7100000000000001E-2</v>
+        <v>1.72E-2</v>
       </c>
       <c r="BT60" s="1">
         <v>0</v>
       </c>
       <c r="BU60" s="1">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="BV60" s="1">
         <v>0</v>
       </c>
       <c r="BW60" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX60" s="1">
         <v>0</v>
       </c>
-      <c r="BY60" s="1"/>
-      <c r="BZ60" s="1"/>
       <c r="CA60" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE60" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF60" s="1">
-        <v>1.7100000000000001E-2</v>
-[...1 lines deleted...]
-      <c r="CG60" s="1"/>
+        <v>1.72E-2</v>
+      </c>
       <c r="CH60" s="1">
         <v>0</v>
       </c>
       <c r="CI60" s="1">
         <v>1.4999999999999999E-2</v>
       </c>
-      <c r="CJ60" s="1"/>
+      <c r="CJ60" s="1">
+        <v>0</v>
+      </c>
       <c r="CK60" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL60" s="1">
         <v>0</v>
       </c>
       <c r="CM60" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN60" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX60" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY60" s="2"/>
-      <c r="CZ60" s="1"/>
-[...6 lines deleted...]
-      <c r="DG60" s="1"/>
     </row>
-    <row r="61" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A61" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H61" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>249</v>
       </c>
       <c r="J61" s="1">
         <v>1</v>
       </c>
       <c r="K61" s="1" t="s">
         <v>250</v>
       </c>
       <c r="L61" s="1" t="s">
-        <v>134</v>
+        <v>151</v>
       </c>
       <c r="M61" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N61" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="O61" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P61" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q61" s="1"/>
-      <c r="R61" s="1"/>
       <c r="S61" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T61" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U61" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V61" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W61" s="1"/>
-[...3 lines deleted...]
-      <c r="AA61" s="1"/>
       <c r="AB61" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC61" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD61" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE61" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF61" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG61" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH61" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI61" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ61" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK61" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL61" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM61" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN61" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO61" s="1"/>
       <c r="AP61" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ61" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR61" s="1">
         <v>4</v>
       </c>
       <c r="AS61" s="1">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="AU61" s="1"/>
+        <v>6</v>
+      </c>
       <c r="AV61" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW61" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX61" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY61" s="1" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="AZ61" s="1"/>
+        <v>115</v>
+      </c>
       <c r="BA61" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB61" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC61" s="1">
         <v>5</v>
       </c>
       <c r="BD61" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE61" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF61" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG61" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH61" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI61" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ61" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM61" s="1"/>
+        <v>0.05</v>
+      </c>
       <c r="BN61" s="1">
         <v>0</v>
       </c>
       <c r="BO61" s="1">
         <v>0</v>
       </c>
       <c r="BP61" s="1">
         <v>0</v>
       </c>
       <c r="BQ61" s="1">
         <v>0</v>
       </c>
-      <c r="BR61" s="1"/>
       <c r="BS61" s="1">
-        <v>9.4000000000000004E-3</v>
+        <v>1.7299999999999999E-2</v>
       </c>
       <c r="BT61" s="1">
         <v>0</v>
       </c>
       <c r="BU61" s="1">
-        <v>7.4999999999999997E-3</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="BV61" s="1">
         <v>0</v>
       </c>
       <c r="BW61" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX61" s="1">
         <v>0</v>
       </c>
-      <c r="BY61" s="1"/>
-      <c r="BZ61" s="1"/>
       <c r="CA61" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE61" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF61" s="1">
-        <v>9.4000000000000004E-3</v>
-[...1 lines deleted...]
-      <c r="CG61" s="1"/>
+        <v>1.7299999999999999E-2</v>
+      </c>
       <c r="CH61" s="1">
         <v>0</v>
       </c>
       <c r="CI61" s="1">
-        <v>7.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CJ61" s="1"/>
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="CJ61" s="1">
+        <v>0</v>
+      </c>
       <c r="CK61" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL61" s="1">
         <v>0</v>
       </c>
       <c r="CM61" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN61" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG61" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY61" s="2"/>
     </row>
-    <row r="62" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A62" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>251</v>
       </c>
       <c r="J62" s="1">
         <v>1</v>
       </c>
       <c r="K62" s="1" t="s">
         <v>252</v>
       </c>
       <c r="L62" s="1" t="s">
-        <v>134</v>
+        <v>179</v>
       </c>
       <c r="M62" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="O62" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P62" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q62" s="1"/>
-      <c r="R62" s="1"/>
       <c r="S62" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T62" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U62" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V62" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W62" s="1"/>
-[...3 lines deleted...]
-      <c r="AA62" s="1"/>
       <c r="AB62" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD62" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE62" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL62" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM62" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN62" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO62" s="1"/>
       <c r="AP62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR62" s="1">
         <v>4</v>
       </c>
       <c r="AS62" s="1">
         <v>5</v>
       </c>
-      <c r="AT62" s="1"/>
-      <c r="AU62" s="1"/>
       <c r="AV62" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW62" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY62" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="AZ62" s="1"/>
       <c r="BA62" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB62" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC62" s="1">
         <v>5</v>
       </c>
       <c r="BD62" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE62" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF62" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG62" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH62" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI62" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ62" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM62" s="1"/>
+        <v>0.05</v>
+      </c>
       <c r="BN62" s="1">
         <v>0</v>
       </c>
       <c r="BO62" s="1">
         <v>0</v>
       </c>
       <c r="BP62" s="1">
         <v>0</v>
       </c>
       <c r="BQ62" s="1">
         <v>0</v>
       </c>
-      <c r="BR62" s="1"/>
       <c r="BS62" s="1">
-        <v>9.4999999999999998E-3</v>
+        <v>1.72E-2</v>
       </c>
       <c r="BT62" s="1">
         <v>0</v>
       </c>
       <c r="BU62" s="1">
-        <v>7.4999999999999997E-3</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="BV62" s="1">
         <v>0</v>
       </c>
       <c r="BW62" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX62" s="1">
         <v>0</v>
       </c>
-      <c r="BY62" s="1"/>
-      <c r="BZ62" s="1"/>
       <c r="CA62" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE62" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF62" s="1">
-        <v>9.4999999999999998E-3</v>
-[...1 lines deleted...]
-      <c r="CG62" s="1"/>
+        <v>1.72E-2</v>
+      </c>
       <c r="CH62" s="1">
         <v>0</v>
       </c>
       <c r="CI62" s="1">
-        <v>7.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CJ62" s="1"/>
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="CJ62" s="1">
+        <v>0</v>
+      </c>
       <c r="CK62" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL62" s="1">
         <v>0</v>
       </c>
       <c r="CM62" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN62" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG62" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY62" s="2"/>
     </row>
-    <row r="63" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A63" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>253</v>
       </c>
       <c r="J63" s="1">
         <v>1</v>
       </c>
       <c r="K63" s="1" t="s">
         <v>254</v>
       </c>
       <c r="L63" s="1" t="s">
-        <v>118</v>
+        <v>136</v>
       </c>
       <c r="M63" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N63" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O63" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P63" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q63" s="1"/>
-      <c r="R63" s="1"/>
       <c r="S63" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T63" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U63" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V63" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W63" s="1"/>
-[...3 lines deleted...]
-      <c r="AA63" s="1"/>
       <c r="AB63" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD63" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE63" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF63" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL63" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM63" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN63" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO63" s="1"/>
       <c r="AP63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR63" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AS63" s="1">
         <v>5</v>
       </c>
-      <c r="AT63" s="1"/>
-      <c r="AU63" s="1"/>
       <c r="AV63" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW63" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY63" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ63" s="1"/>
       <c r="BA63" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB63" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC63" s="1">
         <v>5</v>
       </c>
       <c r="BD63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE63" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF63" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG63" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH63" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI63" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ63" s="1">
         <v>0</v>
       </c>
-      <c r="BK63" s="1"/>
-[...1 lines deleted...]
-      <c r="BM63" s="1"/>
       <c r="BN63" s="1">
         <v>0</v>
       </c>
       <c r="BO63" s="1">
         <v>0</v>
       </c>
       <c r="BP63" s="1">
         <v>0</v>
       </c>
       <c r="BQ63" s="1">
         <v>0</v>
       </c>
-      <c r="BR63" s="1"/>
       <c r="BS63" s="1">
-        <v>6.4000000000000003E-3</v>
+        <v>9.5999999999999992E-3</v>
       </c>
       <c r="BT63" s="1">
         <v>0</v>
       </c>
       <c r="BU63" s="1">
-        <v>4.3249999999999999E-3</v>
+        <v>7.4999999999999997E-3</v>
       </c>
       <c r="BV63" s="1">
         <v>0</v>
       </c>
       <c r="BW63" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX63" s="1">
         <v>0</v>
       </c>
-      <c r="BY63" s="1"/>
-      <c r="BZ63" s="1"/>
       <c r="CA63" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE63" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF63" s="1">
-        <v>6.4000000000000003E-3</v>
-[...1 lines deleted...]
-      <c r="CG63" s="1"/>
+        <v>9.5999999999999992E-3</v>
+      </c>
       <c r="CH63" s="1">
         <v>0</v>
       </c>
       <c r="CI63" s="1">
-        <v>4.3249999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CJ63" s="1"/>
+        <v>7.4999999999999997E-3</v>
+      </c>
+      <c r="CJ63" s="1">
+        <v>0</v>
+      </c>
       <c r="CK63" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL63" s="1">
         <v>0</v>
       </c>
       <c r="CM63" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN63" s="2" t="s">
-        <v>319</v>
-[...19 lines deleted...]
-      <c r="DG63" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CQ63" s="1">
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="CR63" s="1">
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="CS63" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT63" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW63" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY63" s="2" t="s">
+        <v>338</v>
+      </c>
     </row>
-    <row r="64" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A64" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>255</v>
       </c>
       <c r="J64" s="1">
         <v>1</v>
       </c>
       <c r="K64" s="1" t="s">
         <v>256</v>
       </c>
       <c r="L64" s="1" t="s">
-        <v>149</v>
+        <v>136</v>
       </c>
       <c r="M64" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="O64" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P64" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q64" s="1"/>
-      <c r="R64" s="1"/>
       <c r="S64" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T64" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U64" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V64" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W64" s="1"/>
-[...3 lines deleted...]
-      <c r="AA64" s="1"/>
       <c r="AB64" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD64" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE64" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF64" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL64" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM64" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN64" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO64" s="1"/>
       <c r="AP64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR64" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AS64" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU64" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV64" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW64" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY64" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="AZ64" s="1"/>
       <c r="BA64" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB64" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC64" s="1">
         <v>5</v>
       </c>
       <c r="BD64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE64" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF64" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG64" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH64" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI64" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ64" s="1">
-        <v>0.05</v>
-[...3 lines deleted...]
-      <c r="BM64" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN64" s="1">
         <v>0</v>
       </c>
       <c r="BO64" s="1">
         <v>0</v>
       </c>
       <c r="BP64" s="1">
         <v>0</v>
       </c>
       <c r="BQ64" s="1">
         <v>0</v>
       </c>
-      <c r="BR64" s="1"/>
       <c r="BS64" s="1">
-        <v>9.4999999999999998E-3</v>
+        <v>9.5999999999999992E-3</v>
       </c>
       <c r="BT64" s="1">
         <v>0</v>
       </c>
       <c r="BU64" s="1">
         <v>7.4999999999999997E-3</v>
       </c>
       <c r="BV64" s="1">
         <v>0</v>
       </c>
       <c r="BW64" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX64" s="1">
         <v>0</v>
       </c>
-      <c r="BY64" s="1"/>
-      <c r="BZ64" s="1"/>
       <c r="CA64" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE64" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF64" s="1">
-        <v>9.4999999999999998E-3</v>
-[...1 lines deleted...]
-      <c r="CG64" s="1"/>
+        <v>9.5999999999999992E-3</v>
+      </c>
       <c r="CH64" s="1">
         <v>0</v>
       </c>
       <c r="CI64" s="1">
         <v>7.4999999999999997E-3</v>
       </c>
-      <c r="CJ64" s="1"/>
+      <c r="CJ64" s="1">
+        <v>0</v>
+      </c>
       <c r="CK64" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL64" s="1">
         <v>0</v>
       </c>
       <c r="CM64" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN64" s="2" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-      <c r="CP64" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CQ64" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CR64" s="1">
-        <v>2.8E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CS64" s="1" t="s">
         <v>115</v>
       </c>
       <c r="CT64" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="CU64" s="1"/>
-      <c r="CV64" s="1"/>
       <c r="CW64" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="CX64" s="1"/>
       <c r="CY64" s="2" t="s">
-        <v>336</v>
-[...8 lines deleted...]
-      <c r="DG64" s="1"/>
+        <v>338</v>
+      </c>
     </row>
-    <row r="65" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A65" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H65" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>257</v>
       </c>
       <c r="J65" s="1">
         <v>1</v>
       </c>
       <c r="K65" s="1" t="s">
         <v>258</v>
       </c>
       <c r="L65" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M65" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N65" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O65" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P65" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q65" s="1"/>
-      <c r="R65" s="1"/>
       <c r="S65" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T65" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U65" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V65" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W65" s="1"/>
-[...3 lines deleted...]
-      <c r="AA65" s="1"/>
       <c r="AB65" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC65" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD65" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE65" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF65" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG65" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH65" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI65" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ65" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK65" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL65" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM65" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN65" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO65" s="1"/>
       <c r="AP65" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ65" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR65" s="1">
         <v>4</v>
       </c>
       <c r="AS65" s="1">
         <v>5</v>
       </c>
-      <c r="AT65" s="1"/>
-      <c r="AU65" s="1"/>
       <c r="AV65" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW65" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX65" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY65" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ65" s="1"/>
       <c r="BA65" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB65" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC65" s="1">
         <v>5</v>
       </c>
       <c r="BD65" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE65" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF65" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG65" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH65" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI65" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ65" s="1">
         <v>0</v>
       </c>
-      <c r="BK65" s="1"/>
-[...1 lines deleted...]
-      <c r="BM65" s="1"/>
       <c r="BN65" s="1">
         <v>0</v>
       </c>
       <c r="BO65" s="1">
         <v>0</v>
       </c>
       <c r="BP65" s="1">
         <v>0</v>
       </c>
       <c r="BQ65" s="1">
         <v>0</v>
       </c>
-      <c r="BR65" s="1"/>
       <c r="BS65" s="1">
-        <v>2.3999999999999998E-3</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BT65" s="1">
         <v>0</v>
       </c>
       <c r="BU65" s="1">
-        <v>0</v>
+        <v>4.3249999999999999E-3</v>
       </c>
       <c r="BV65" s="1">
         <v>0</v>
       </c>
       <c r="BW65" s="1">
-        <v>2.7000000000000001E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX65" s="1">
         <v>0</v>
       </c>
-      <c r="BY65" s="1"/>
-      <c r="BZ65" s="1"/>
       <c r="CA65" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE65" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF65" s="1">
-        <v>2.3999999999999998E-3</v>
-[...1 lines deleted...]
-      <c r="CG65" s="1"/>
+        <v>6.6E-3</v>
+      </c>
       <c r="CH65" s="1">
         <v>0</v>
       </c>
       <c r="CI65" s="1">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="CJ65" s="1"/>
+        <v>4.3249999999999999E-3</v>
+      </c>
+      <c r="CJ65" s="1">
+        <v>0</v>
+      </c>
       <c r="CK65" s="1">
-        <v>2.3E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL65" s="1">
         <v>0</v>
       </c>
       <c r="CM65" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN65" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX65" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY65" s="2"/>
-      <c r="CZ65" s="1"/>
-[...6 lines deleted...]
-      <c r="DG65" s="1"/>
     </row>
-    <row r="66" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A66" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H66" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>259</v>
       </c>
       <c r="J66" s="1">
         <v>1</v>
       </c>
       <c r="K66" s="1" t="s">
         <v>260</v>
       </c>
       <c r="L66" s="1" t="s">
-        <v>134</v>
+        <v>151</v>
       </c>
       <c r="M66" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N66" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="O66" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P66" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q66" s="1"/>
-      <c r="R66" s="1"/>
       <c r="S66" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T66" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U66" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V66" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W66" s="1"/>
-[...3 lines deleted...]
-      <c r="AA66" s="1"/>
       <c r="AB66" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC66" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD66" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE66" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF66" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG66" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH66" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI66" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ66" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK66" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL66" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM66" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN66" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO66" s="1"/>
       <c r="AP66" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ66" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR66" s="1">
         <v>4</v>
       </c>
       <c r="AS66" s="1">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="AU66" s="1"/>
+        <v>6</v>
+      </c>
       <c r="AV66" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW66" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX66" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY66" s="1" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="AZ66" s="1"/>
+        <v>115</v>
+      </c>
       <c r="BA66" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB66" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC66" s="1">
         <v>5</v>
       </c>
       <c r="BD66" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE66" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF66" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG66" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH66" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI66" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ66" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM66" s="1"/>
+        <v>0.05</v>
+      </c>
       <c r="BN66" s="1">
         <v>0</v>
       </c>
       <c r="BO66" s="1">
         <v>0</v>
       </c>
       <c r="BP66" s="1">
         <v>0</v>
       </c>
       <c r="BQ66" s="1">
         <v>0</v>
       </c>
-      <c r="BR66" s="1"/>
       <c r="BS66" s="1">
-        <v>9.9000000000000008E-3</v>
+        <v>9.5999999999999992E-3</v>
       </c>
       <c r="BT66" s="1">
         <v>0</v>
       </c>
       <c r="BU66" s="1">
-        <v>6.7499999999999999E-3</v>
+        <v>7.4999999999999997E-3</v>
       </c>
       <c r="BV66" s="1">
         <v>0</v>
       </c>
       <c r="BW66" s="1">
-        <v>5.1000000000000004E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX66" s="1">
         <v>0</v>
       </c>
-      <c r="BY66" s="1"/>
-      <c r="BZ66" s="1"/>
       <c r="CA66" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE66" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF66" s="1">
-        <v>9.9000000000000008E-3</v>
-[...1 lines deleted...]
-      <c r="CG66" s="1"/>
+        <v>9.5999999999999992E-3</v>
+      </c>
       <c r="CH66" s="1">
         <v>0</v>
       </c>
       <c r="CI66" s="1">
-        <v>6.7499999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CJ66" s="1"/>
+        <v>7.4999999999999997E-3</v>
+      </c>
+      <c r="CJ66" s="1">
+        <v>0</v>
+      </c>
       <c r="CK66" s="1">
-        <v>4.5999999999999999E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CL66" s="1">
         <v>0</v>
       </c>
       <c r="CM66" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN66" s="2" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-      <c r="CP66" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CQ66" s="1">
-        <v>5.1000000000000004E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CR66" s="1">
-        <v>4.5999999999999999E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="CS66" s="1" t="s">
         <v>115</v>
       </c>
       <c r="CT66" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="CU66" s="1"/>
-      <c r="CV66" s="1"/>
       <c r="CW66" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="CX66" s="1"/>
       <c r="CY66" s="2" t="s">
-        <v>337</v>
-[...8 lines deleted...]
-      <c r="DG66" s="1"/>
+        <v>339</v>
+      </c>
     </row>
-    <row r="67" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A67" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>261</v>
       </c>
       <c r="J67" s="1">
         <v>1</v>
       </c>
       <c r="K67" s="1" t="s">
         <v>262</v>
       </c>
       <c r="L67" s="1" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="M67" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N67" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="O67" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P67" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q67" s="1"/>
-      <c r="R67" s="1"/>
       <c r="S67" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T67" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U67" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V67" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W67" s="1"/>
-[...3 lines deleted...]
-      <c r="AA67" s="1"/>
       <c r="AB67" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC67" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD67" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE67" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF67" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG67" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH67" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI67" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ67" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK67" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL67" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM67" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN67" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO67" s="1"/>
       <c r="AP67" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ67" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR67" s="1">
         <v>4</v>
       </c>
       <c r="AS67" s="1">
         <v>5</v>
       </c>
-      <c r="AT67" s="1"/>
-      <c r="AU67" s="1"/>
       <c r="AV67" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW67" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX67" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY67" s="1" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="AZ67" s="1"/>
+        <v>126</v>
+      </c>
       <c r="BA67" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB67" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC67" s="1">
         <v>5</v>
       </c>
       <c r="BD67" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE67" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF67" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG67" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH67" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI67" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ67" s="1">
         <v>0</v>
       </c>
-      <c r="BK67" s="1"/>
-[...1 lines deleted...]
-      <c r="BM67" s="1"/>
       <c r="BN67" s="1">
         <v>0</v>
       </c>
       <c r="BO67" s="1">
         <v>0</v>
       </c>
       <c r="BP67" s="1">
         <v>0</v>
       </c>
       <c r="BQ67" s="1">
         <v>0</v>
       </c>
-      <c r="BR67" s="1"/>
       <c r="BS67" s="1">
-        <v>9.9000000000000008E-3</v>
+        <v>2.2000000000000001E-3</v>
       </c>
       <c r="BT67" s="1">
         <v>0</v>
       </c>
       <c r="BU67" s="1">
-        <v>6.7499999999999999E-3</v>
+        <v>0</v>
       </c>
       <c r="BV67" s="1">
         <v>0</v>
       </c>
       <c r="BW67" s="1">
-        <v>5.1000000000000004E-3</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="BX67" s="1">
         <v>0</v>
       </c>
-      <c r="BY67" s="1"/>
-      <c r="BZ67" s="1"/>
       <c r="CA67" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE67" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF67" s="1">
-        <v>9.9000000000000008E-3</v>
-[...1 lines deleted...]
-      <c r="CG67" s="1"/>
+        <v>2.2000000000000001E-3</v>
+      </c>
       <c r="CH67" s="1">
         <v>0</v>
       </c>
       <c r="CI67" s="1">
-        <v>6.7499999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CJ67" s="1"/>
+        <v>0</v>
+      </c>
+      <c r="CJ67" s="1">
+        <v>0</v>
+      </c>
       <c r="CK67" s="1">
-        <v>4.5999999999999999E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="CL67" s="1">
         <v>0</v>
       </c>
       <c r="CM67" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN67" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG67" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY67" s="2"/>
     </row>
-    <row r="68" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A68" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>263</v>
       </c>
       <c r="J68" s="1">
         <v>1</v>
       </c>
       <c r="K68" s="1" t="s">
         <v>264</v>
       </c>
       <c r="L68" s="1" t="s">
-        <v>149</v>
+        <v>136</v>
       </c>
       <c r="M68" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N68" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="O68" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P68" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q68" s="1"/>
-      <c r="R68" s="1"/>
       <c r="S68" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T68" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U68" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V68" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W68" s="1"/>
-[...3 lines deleted...]
-      <c r="AA68" s="1"/>
       <c r="AB68" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC68" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD68" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE68" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF68" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG68" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH68" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI68" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ68" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK68" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL68" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM68" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN68" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO68" s="1"/>
       <c r="AP68" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ68" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR68" s="1">
         <v>4</v>
       </c>
       <c r="AS68" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU68" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV68" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW68" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX68" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY68" s="1" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="AZ68" s="1"/>
+        <v>126</v>
+      </c>
       <c r="BA68" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB68" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC68" s="1">
         <v>5</v>
       </c>
       <c r="BD68" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE68" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF68" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG68" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH68" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI68" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ68" s="1">
         <v>0</v>
       </c>
-      <c r="BK68" s="1"/>
-[...1 lines deleted...]
-      <c r="BM68" s="1"/>
       <c r="BN68" s="1">
         <v>0</v>
       </c>
       <c r="BO68" s="1">
         <v>0</v>
       </c>
       <c r="BP68" s="1">
         <v>0</v>
       </c>
       <c r="BQ68" s="1">
         <v>0</v>
       </c>
-      <c r="BR68" s="1"/>
       <c r="BS68" s="1">
-        <v>9.9000000000000008E-3</v>
+        <v>1.0200000000000001E-2</v>
       </c>
       <c r="BT68" s="1">
         <v>0</v>
       </c>
       <c r="BU68" s="1">
         <v>6.7499999999999999E-3</v>
       </c>
       <c r="BV68" s="1">
         <v>0</v>
       </c>
       <c r="BW68" s="1">
-        <v>5.1000000000000004E-3</v>
+        <v>4.7999999999999996E-3</v>
       </c>
       <c r="BX68" s="1">
         <v>0</v>
       </c>
-      <c r="BY68" s="1"/>
-      <c r="BZ68" s="1"/>
       <c r="CA68" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE68" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF68" s="1">
-        <v>9.9000000000000008E-3</v>
-[...1 lines deleted...]
-      <c r="CG68" s="1"/>
+        <v>1.0200000000000001E-2</v>
+      </c>
       <c r="CH68" s="1">
         <v>0</v>
       </c>
       <c r="CI68" s="1">
         <v>6.7499999999999999E-3</v>
       </c>
-      <c r="CJ68" s="1"/>
+      <c r="CJ68" s="1">
+        <v>0</v>
+      </c>
       <c r="CK68" s="1">
-        <v>4.5999999999999999E-3</v>
+        <v>4.1000000000000003E-3</v>
       </c>
       <c r="CL68" s="1">
         <v>0</v>
       </c>
       <c r="CM68" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN68" s="2" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-      <c r="CP68" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CQ68" s="1">
-        <v>5.1000000000000004E-3</v>
+        <v>4.7999999999999996E-3</v>
       </c>
       <c r="CR68" s="1">
-        <v>4.5999999999999999E-3</v>
+        <v>4.1000000000000003E-3</v>
       </c>
       <c r="CS68" s="1" t="s">
         <v>115</v>
       </c>
       <c r="CT68" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="CU68" s="1"/>
-      <c r="CV68" s="1"/>
       <c r="CW68" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="CX68" s="1"/>
       <c r="CY68" s="2" t="s">
-        <v>338</v>
-[...8 lines deleted...]
-      <c r="DG68" s="1"/>
+        <v>340</v>
+      </c>
     </row>
-    <row r="69" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A69" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>265</v>
       </c>
       <c r="J69" s="1">
         <v>1</v>
       </c>
       <c r="K69" s="1" t="s">
         <v>266</v>
       </c>
       <c r="L69" s="1" t="s">
-        <v>149</v>
+        <v>136</v>
       </c>
       <c r="M69" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N69" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="O69" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P69" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q69" s="1"/>
-      <c r="R69" s="1"/>
       <c r="S69" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T69" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U69" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V69" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W69" s="1"/>
-[...3 lines deleted...]
-      <c r="AA69" s="1"/>
       <c r="AB69" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC69" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD69" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE69" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF69" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG69" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH69" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI69" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ69" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK69" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL69" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM69" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN69" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO69" s="1"/>
       <c r="AP69" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ69" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR69" s="1">
         <v>4</v>
       </c>
       <c r="AS69" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU69" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV69" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW69" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX69" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY69" s="1" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="AZ69" s="1"/>
+        <v>115</v>
+      </c>
       <c r="BA69" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB69" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC69" s="1">
         <v>5</v>
       </c>
       <c r="BD69" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE69" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF69" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG69" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH69" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI69" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ69" s="1">
-        <v>0.05</v>
-[...3 lines deleted...]
-      <c r="BM69" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN69" s="1">
         <v>0</v>
       </c>
       <c r="BO69" s="1">
         <v>0</v>
       </c>
       <c r="BP69" s="1">
         <v>0</v>
       </c>
       <c r="BQ69" s="1">
         <v>0</v>
       </c>
-      <c r="BR69" s="1"/>
       <c r="BS69" s="1">
-        <v>1.8100000000000002E-2</v>
+        <v>1.0200000000000001E-2</v>
       </c>
       <c r="BT69" s="1">
         <v>0</v>
       </c>
       <c r="BU69" s="1">
-        <v>1.4999999999999999E-2</v>
+        <v>6.7499999999999999E-3</v>
       </c>
       <c r="BV69" s="1">
         <v>0</v>
       </c>
       <c r="BW69" s="1">
-        <v>5.1000000000000004E-3</v>
+        <v>4.7999999999999996E-3</v>
       </c>
       <c r="BX69" s="1">
         <v>0</v>
       </c>
-      <c r="BY69" s="1"/>
-      <c r="BZ69" s="1"/>
       <c r="CA69" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE69" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF69" s="1">
-        <v>1.8100000000000002E-2</v>
-[...1 lines deleted...]
-      <c r="CG69" s="1"/>
+        <v>1.0200000000000001E-2</v>
+      </c>
       <c r="CH69" s="1">
         <v>0</v>
       </c>
       <c r="CI69" s="1">
-        <v>1.4999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ69" s="1"/>
+        <v>6.7499999999999999E-3</v>
+      </c>
+      <c r="CJ69" s="1">
+        <v>0</v>
+      </c>
       <c r="CK69" s="1">
-        <v>4.5999999999999999E-3</v>
+        <v>4.1000000000000003E-3</v>
       </c>
       <c r="CL69" s="1">
         <v>0</v>
       </c>
       <c r="CM69" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN69" s="2" t="s">
-        <v>319</v>
-[...19 lines deleted...]
-      <c r="DG69" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CQ69" s="1">
+        <v>4.7999999999999996E-3</v>
+      </c>
+      <c r="CR69" s="1">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="CS69" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT69" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW69" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY69" s="2" t="s">
+        <v>340</v>
+      </c>
     </row>
-    <row r="70" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A70" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H70" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>267</v>
       </c>
       <c r="J70" s="1">
         <v>1</v>
       </c>
       <c r="K70" s="1" t="s">
         <v>268</v>
       </c>
       <c r="L70" s="1" t="s">
-        <v>118</v>
+        <v>151</v>
       </c>
       <c r="M70" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N70" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="O70" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P70" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q70" s="1"/>
-      <c r="R70" s="1"/>
       <c r="S70" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T70" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U70" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V70" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W70" s="1"/>
-[...3 lines deleted...]
-      <c r="AA70" s="1"/>
       <c r="AB70" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC70" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD70" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE70" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF70" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG70" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH70" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI70" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ70" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK70" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL70" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM70" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN70" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO70" s="1"/>
       <c r="AP70" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ70" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR70" s="1">
         <v>4</v>
       </c>
       <c r="AS70" s="1">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="AU70" s="1"/>
+        <v>6</v>
+      </c>
       <c r="AV70" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW70" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX70" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY70" s="1" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="AZ70" s="1"/>
+        <v>115</v>
+      </c>
       <c r="BA70" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB70" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="BC70" s="1">
         <v>5</v>
       </c>
       <c r="BD70" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE70" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF70" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG70" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH70" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI70" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ70" s="1">
-        <v>0.05</v>
-[...5 lines deleted...]
-      <c r="BM70" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN70" s="1">
         <v>0</v>
       </c>
       <c r="BO70" s="1">
         <v>0</v>
       </c>
       <c r="BP70" s="1">
         <v>0</v>
       </c>
       <c r="BQ70" s="1">
         <v>0</v>
       </c>
-      <c r="BR70" s="1"/>
       <c r="BS70" s="1">
-        <v>1.9800000000000002E-2</v>
+        <v>1.0200000000000001E-2</v>
       </c>
       <c r="BT70" s="1">
         <v>0</v>
       </c>
       <c r="BU70" s="1">
-        <v>1.7999999999999999E-2</v>
+        <v>6.7499999999999999E-3</v>
       </c>
       <c r="BV70" s="1">
         <v>0</v>
       </c>
       <c r="BW70" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>4.7999999999999996E-3</v>
       </c>
       <c r="BX70" s="1">
         <v>0</v>
       </c>
-      <c r="BY70" s="1"/>
-      <c r="BZ70" s="1"/>
       <c r="CA70" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE70" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF70" s="1">
-        <v>1.9800000000000002E-2</v>
-[...1 lines deleted...]
-      <c r="CG70" s="1"/>
+        <v>1.0200000000000001E-2</v>
+      </c>
       <c r="CH70" s="1">
         <v>0</v>
       </c>
       <c r="CI70" s="1">
-        <v>1.7999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ70" s="1"/>
+        <v>6.7499999999999999E-3</v>
+      </c>
+      <c r="CJ70" s="1">
+        <v>0</v>
+      </c>
       <c r="CK70" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.1000000000000003E-3</v>
       </c>
       <c r="CL70" s="1">
         <v>0</v>
       </c>
       <c r="CM70" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN70" s="2" t="s">
-        <v>319</v>
-[...19 lines deleted...]
-      <c r="DG70" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CQ70" s="1">
+        <v>4.7999999999999996E-3</v>
+      </c>
+      <c r="CR70" s="1">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="CS70" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT70" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW70" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY70" s="2" t="s">
+        <v>341</v>
+      </c>
     </row>
-    <row r="71" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A71" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>269</v>
       </c>
       <c r="J71" s="1">
         <v>1</v>
       </c>
       <c r="K71" s="1" t="s">
         <v>270</v>
       </c>
       <c r="L71" s="1" t="s">
-        <v>118</v>
+        <v>151</v>
       </c>
       <c r="M71" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N71" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O71" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P71" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q71" s="1"/>
-      <c r="R71" s="1"/>
       <c r="S71" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T71" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U71" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V71" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W71" s="1"/>
-[...3 lines deleted...]
-      <c r="AA71" s="1"/>
       <c r="AB71" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC71" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD71" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE71" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF71" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG71" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH71" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI71" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ71" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK71" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL71" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM71" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN71" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO71" s="1"/>
       <c r="AP71" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ71" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR71" s="1">
         <v>4</v>
       </c>
       <c r="AS71" s="1">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="AU71" s="1"/>
+        <v>6</v>
+      </c>
       <c r="AV71" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW71" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX71" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY71" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ71" s="1"/>
       <c r="BA71" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB71" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="BC71" s="1">
         <v>5</v>
       </c>
       <c r="BD71" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE71" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF71" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG71" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH71" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI71" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ71" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM71" s="1"/>
+        <v>0.05</v>
+      </c>
       <c r="BN71" s="1">
         <v>0</v>
       </c>
       <c r="BO71" s="1">
         <v>0</v>
       </c>
       <c r="BP71" s="1">
         <v>0</v>
       </c>
       <c r="BQ71" s="1">
         <v>0</v>
       </c>
-      <c r="BR71" s="1"/>
       <c r="BS71" s="1">
-        <v>1.0800000000000001E-2</v>
+        <v>1.8499999999999999E-2</v>
       </c>
       <c r="BT71" s="1">
         <v>0</v>
       </c>
       <c r="BU71" s="1">
-        <v>8.9999999999999993E-3</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="BV71" s="1">
         <v>0</v>
       </c>
       <c r="BW71" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>4.7999999999999996E-3</v>
       </c>
       <c r="BX71" s="1">
         <v>0</v>
       </c>
-      <c r="BY71" s="1"/>
-      <c r="BZ71" s="1"/>
       <c r="CA71" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE71" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF71" s="1">
-        <v>1.0800000000000001E-2</v>
-[...1 lines deleted...]
-      <c r="CG71" s="1"/>
+        <v>1.8499999999999999E-2</v>
+      </c>
       <c r="CH71" s="1">
         <v>0</v>
       </c>
       <c r="CI71" s="1">
-        <v>8.9999999999999993E-3</v>
-[...1 lines deleted...]
-      <c r="CJ71" s="1"/>
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="CJ71" s="1">
+        <v>0</v>
+      </c>
       <c r="CK71" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.1000000000000003E-3</v>
       </c>
       <c r="CL71" s="1">
         <v>0</v>
       </c>
       <c r="CM71" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN71" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX71" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY71" s="2"/>
-      <c r="CZ71" s="1"/>
-[...6 lines deleted...]
-      <c r="DG71" s="1"/>
     </row>
-    <row r="72" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A72" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>271</v>
       </c>
       <c r="J72" s="1">
         <v>1</v>
       </c>
       <c r="K72" s="1" t="s">
         <v>272</v>
       </c>
       <c r="L72" s="1" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="M72" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N72" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O72" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P72" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q72" s="1"/>
-      <c r="R72" s="1"/>
       <c r="S72" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T72" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U72" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V72" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W72" s="1"/>
-[...3 lines deleted...]
-      <c r="AA72" s="1"/>
       <c r="AB72" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC72" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD72" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE72" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF72" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG72" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH72" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI72" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ72" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK72" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL72" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM72" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN72" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO72" s="1"/>
       <c r="AP72" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ72" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR72" s="1">
         <v>4</v>
       </c>
       <c r="AS72" s="1">
         <v>5</v>
       </c>
-      <c r="AT72" s="1"/>
-      <c r="AU72" s="1"/>
       <c r="AV72" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW72" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX72" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY72" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ72" s="1"/>
       <c r="BA72" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB72" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="BC72" s="1">
         <v>5</v>
       </c>
       <c r="BD72" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE72" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF72" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG72" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH72" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI72" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ72" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM72" s="1"/>
+        <v>0.05</v>
+      </c>
+      <c r="BL72" s="1">
+        <v>0</v>
+      </c>
       <c r="BN72" s="1">
         <v>0</v>
       </c>
       <c r="BO72" s="1">
         <v>0</v>
       </c>
       <c r="BP72" s="1">
         <v>0</v>
       </c>
       <c r="BQ72" s="1">
         <v>0</v>
       </c>
-      <c r="BR72" s="1"/>
       <c r="BS72" s="1">
-        <v>6.1000000000000004E-3</v>
+        <v>1.9900000000000001E-2</v>
       </c>
       <c r="BT72" s="1">
         <v>0</v>
       </c>
       <c r="BU72" s="1">
-        <v>4.3249999999999999E-3</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="BV72" s="1">
         <v>0</v>
       </c>
       <c r="BW72" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX72" s="1">
         <v>0</v>
       </c>
-      <c r="BY72" s="1"/>
-      <c r="BZ72" s="1"/>
       <c r="CA72" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE72" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF72" s="1">
-        <v>6.1000000000000004E-3</v>
-[...1 lines deleted...]
-      <c r="CG72" s="1"/>
+        <v>1.9900000000000001E-2</v>
+      </c>
       <c r="CH72" s="1">
         <v>0</v>
       </c>
       <c r="CI72" s="1">
-        <v>4.3249999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CJ72" s="1"/>
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="CJ72" s="1">
+        <v>0</v>
+      </c>
       <c r="CK72" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL72" s="1">
         <v>0</v>
       </c>
       <c r="CM72" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN72" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG72" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY72" s="2"/>
     </row>
-    <row r="73" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A73" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>273</v>
       </c>
       <c r="J73" s="1">
         <v>1</v>
       </c>
       <c r="K73" s="1" t="s">
         <v>274</v>
       </c>
       <c r="L73" s="1" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="M73" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N73" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O73" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P73" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q73" s="1"/>
-      <c r="R73" s="1"/>
       <c r="S73" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T73" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U73" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V73" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W73" s="1"/>
-[...3 lines deleted...]
-      <c r="AA73" s="1"/>
       <c r="AB73" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC73" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD73" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE73" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF73" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG73" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH73" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI73" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ73" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK73" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL73" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM73" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN73" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO73" s="1"/>
       <c r="AP73" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ73" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR73" s="1">
         <v>4</v>
       </c>
       <c r="AS73" s="1">
         <v>5</v>
       </c>
-      <c r="AT73" s="1"/>
-      <c r="AU73" s="1"/>
       <c r="AV73" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW73" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX73" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY73" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ73" s="1"/>
       <c r="BA73" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB73" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC73" s="1">
         <v>5</v>
       </c>
       <c r="BD73" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE73" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF73" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG73" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH73" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI73" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ73" s="1">
         <v>0</v>
       </c>
-      <c r="BK73" s="1"/>
-[...1 lines deleted...]
-      <c r="BM73" s="1"/>
       <c r="BN73" s="1">
         <v>0</v>
       </c>
       <c r="BO73" s="1">
         <v>0</v>
       </c>
       <c r="BP73" s="1">
         <v>0</v>
       </c>
       <c r="BQ73" s="1">
         <v>0</v>
       </c>
-      <c r="BR73" s="1"/>
       <c r="BS73" s="1">
-        <v>9.2999999999999992E-3</v>
+        <v>1.09E-2</v>
       </c>
       <c r="BT73" s="1">
         <v>0</v>
       </c>
       <c r="BU73" s="1">
-        <v>7.4999999999999997E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="BV73" s="1">
         <v>0</v>
       </c>
       <c r="BW73" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX73" s="1">
         <v>0</v>
       </c>
-      <c r="BY73" s="1"/>
-      <c r="BZ73" s="1"/>
       <c r="CA73" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE73" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF73" s="1">
-        <v>9.2999999999999992E-3</v>
-[...1 lines deleted...]
-      <c r="CG73" s="1"/>
+        <v>1.09E-2</v>
+      </c>
       <c r="CH73" s="1">
         <v>0</v>
       </c>
       <c r="CI73" s="1">
-        <v>7.4999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CJ73" s="1"/>
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="CJ73" s="1">
+        <v>0</v>
+      </c>
       <c r="CK73" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL73" s="1">
         <v>0</v>
       </c>
       <c r="CM73" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN73" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG73" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY73" s="2"/>
     </row>
-    <row r="74" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A74" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>275</v>
       </c>
       <c r="J74" s="1">
         <v>1</v>
       </c>
       <c r="K74" s="1" t="s">
         <v>276</v>
       </c>
       <c r="L74" s="1" t="s">
-        <v>118</v>
+        <v>136</v>
       </c>
       <c r="M74" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N74" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O74" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P74" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q74" s="1"/>
-      <c r="R74" s="1"/>
       <c r="S74" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T74" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U74" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V74" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W74" s="1"/>
-[...3 lines deleted...]
-      <c r="AA74" s="1"/>
       <c r="AB74" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC74" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD74" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE74" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF74" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG74" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH74" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI74" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ74" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK74" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL74" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM74" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN74" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO74" s="1"/>
       <c r="AP74" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ74" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR74" s="1">
         <v>4</v>
       </c>
       <c r="AS74" s="1">
         <v>5</v>
       </c>
-      <c r="AT74" s="1"/>
-      <c r="AU74" s="1"/>
       <c r="AV74" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW74" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX74" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY74" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ74" s="1"/>
       <c r="BA74" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB74" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="BC74" s="1">
         <v>5</v>
       </c>
       <c r="BD74" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE74" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF74" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG74" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH74" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI74" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ74" s="1">
         <v>0</v>
       </c>
-      <c r="BK74" s="1"/>
-[...1 lines deleted...]
-      <c r="BM74" s="1"/>
       <c r="BN74" s="1">
         <v>0</v>
       </c>
       <c r="BO74" s="1">
         <v>0</v>
       </c>
       <c r="BP74" s="1">
         <v>0</v>
       </c>
       <c r="BQ74" s="1">
         <v>0</v>
       </c>
-      <c r="BR74" s="1"/>
       <c r="BS74" s="1">
-        <v>1.8E-3</v>
+        <v>6.1999999999999998E-3</v>
       </c>
       <c r="BT74" s="1">
         <v>0</v>
       </c>
       <c r="BU74" s="1">
-        <v>0</v>
+        <v>4.3249999999999999E-3</v>
       </c>
       <c r="BV74" s="1">
         <v>0</v>
       </c>
       <c r="BW74" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX74" s="1">
         <v>0</v>
       </c>
-      <c r="BY74" s="1"/>
-      <c r="BZ74" s="1"/>
       <c r="CA74" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE74" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF74" s="1">
-        <v>1.8E-3</v>
-[...1 lines deleted...]
-      <c r="CG74" s="1"/>
+        <v>6.1999999999999998E-3</v>
+      </c>
       <c r="CH74" s="1">
         <v>0</v>
       </c>
       <c r="CI74" s="1">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="CJ74" s="1"/>
+        <v>4.3249999999999999E-3</v>
+      </c>
+      <c r="CJ74" s="1">
+        <v>0</v>
+      </c>
       <c r="CK74" s="1">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="CL74" s="1">
+        <v>0</v>
+      </c>
+      <c r="CM74" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="CN74" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CQ74" s="1">
         <v>3.7000000000000002E-3</v>
       </c>
-      <c r="CL74" s="1">
-[...26 lines deleted...]
-      <c r="DG74" s="1"/>
+      <c r="CR74" s="1">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="CS74" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT74" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW74" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY74" s="2" t="s">
+        <v>342</v>
+      </c>
     </row>
-    <row r="75" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A75" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H75" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>277</v>
       </c>
       <c r="J75" s="1">
         <v>1</v>
       </c>
       <c r="K75" s="1" t="s">
         <v>278</v>
       </c>
       <c r="L75" s="1" t="s">
-        <v>118</v>
+        <v>136</v>
       </c>
       <c r="M75" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N75" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O75" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P75" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q75" s="1"/>
-      <c r="R75" s="1"/>
       <c r="S75" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T75" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U75" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V75" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W75" s="1"/>
-[...3 lines deleted...]
-      <c r="AA75" s="1"/>
       <c r="AB75" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC75" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD75" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE75" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF75" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG75" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH75" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI75" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ75" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK75" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL75" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM75" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN75" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO75" s="1"/>
       <c r="AP75" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ75" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR75" s="1">
         <v>4</v>
       </c>
       <c r="AS75" s="1">
         <v>5</v>
       </c>
-      <c r="AT75" s="1"/>
-      <c r="AU75" s="1"/>
       <c r="AV75" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW75" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX75" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY75" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ75" s="1"/>
       <c r="BA75" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB75" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC75" s="1">
         <v>5</v>
       </c>
       <c r="BD75" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE75" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF75" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG75" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH75" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI75" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ75" s="1">
         <v>0</v>
       </c>
-      <c r="BK75" s="1"/>
-[...1 lines deleted...]
-      <c r="BM75" s="1"/>
       <c r="BN75" s="1">
         <v>0</v>
       </c>
       <c r="BO75" s="1">
         <v>0</v>
       </c>
       <c r="BP75" s="1">
         <v>0</v>
       </c>
       <c r="BQ75" s="1">
         <v>0</v>
       </c>
-      <c r="BR75" s="1"/>
       <c r="BS75" s="1">
-        <v>5.5999999999999999E-3</v>
+        <v>9.4000000000000004E-3</v>
       </c>
       <c r="BT75" s="1">
         <v>0</v>
       </c>
       <c r="BU75" s="1">
-        <v>3.7499999999999999E-3</v>
+        <v>7.4999999999999997E-3</v>
       </c>
       <c r="BV75" s="1">
         <v>0</v>
       </c>
       <c r="BW75" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX75" s="1">
         <v>0</v>
       </c>
-      <c r="BY75" s="1"/>
-      <c r="BZ75" s="1"/>
       <c r="CA75" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE75" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF75" s="1">
-        <v>5.5999999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CG75" s="1"/>
+        <v>9.4000000000000004E-3</v>
+      </c>
       <c r="CH75" s="1">
         <v>0</v>
       </c>
       <c r="CI75" s="1">
-        <v>3.7499999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CJ75" s="1"/>
+        <v>7.4999999999999997E-3</v>
+      </c>
+      <c r="CJ75" s="1">
+        <v>0</v>
+      </c>
       <c r="CK75" s="1">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="CL75" s="1">
+        <v>0</v>
+      </c>
+      <c r="CM75" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="CN75" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CQ75" s="1">
         <v>3.7000000000000002E-3</v>
       </c>
-      <c r="CL75" s="1">
-[...26 lines deleted...]
-      <c r="DG75" s="1"/>
+      <c r="CR75" s="1">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="CS75" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT75" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW75" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY75" s="2" t="s">
+        <v>343</v>
+      </c>
     </row>
-    <row r="76" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A76" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H76" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>279</v>
       </c>
       <c r="J76" s="1">
         <v>1</v>
       </c>
       <c r="K76" s="1" t="s">
         <v>280</v>
       </c>
       <c r="L76" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M76" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N76" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O76" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P76" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q76" s="1"/>
-      <c r="R76" s="1"/>
       <c r="S76" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T76" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U76" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V76" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W76" s="1"/>
-[...3 lines deleted...]
-      <c r="AA76" s="1"/>
       <c r="AB76" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC76" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD76" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE76" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF76" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG76" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH76" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI76" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ76" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK76" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL76" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM76" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN76" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO76" s="1"/>
       <c r="AP76" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ76" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR76" s="1">
         <v>4</v>
       </c>
       <c r="AS76" s="1">
         <v>5</v>
       </c>
-      <c r="AT76" s="1"/>
-      <c r="AU76" s="1"/>
       <c r="AV76" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW76" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX76" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY76" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ76" s="1"/>
       <c r="BA76" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB76" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC76" s="1">
         <v>5</v>
       </c>
       <c r="BD76" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE76" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF76" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG76" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH76" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI76" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ76" s="1">
         <v>0</v>
       </c>
-      <c r="BK76" s="1"/>
-[...1 lines deleted...]
-      <c r="BM76" s="1"/>
       <c r="BN76" s="1">
         <v>0</v>
       </c>
       <c r="BO76" s="1">
         <v>0</v>
       </c>
       <c r="BP76" s="1">
         <v>0</v>
       </c>
       <c r="BQ76" s="1">
         <v>0</v>
       </c>
-      <c r="BR76" s="1"/>
       <c r="BS76" s="1">
-        <v>7.7999999999999996E-3</v>
+        <v>1.9E-3</v>
       </c>
       <c r="BT76" s="1">
         <v>0</v>
       </c>
       <c r="BU76" s="1">
-        <v>6.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="BV76" s="1">
         <v>0</v>
       </c>
       <c r="BW76" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX76" s="1">
         <v>0</v>
       </c>
-      <c r="BY76" s="1"/>
-      <c r="BZ76" s="1"/>
       <c r="CA76" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE76" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF76" s="1">
-        <v>7.7999999999999996E-3</v>
-[...1 lines deleted...]
-      <c r="CG76" s="1"/>
+        <v>1.9E-3</v>
+      </c>
       <c r="CH76" s="1">
         <v>0</v>
       </c>
       <c r="CI76" s="1">
-        <v>6.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ76" s="1"/>
+        <v>0</v>
+      </c>
+      <c r="CJ76" s="1">
+        <v>0</v>
+      </c>
       <c r="CK76" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL76" s="1">
         <v>0</v>
       </c>
       <c r="CM76" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN76" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX76" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY76" s="2"/>
-      <c r="CZ76" s="1"/>
-[...6 lines deleted...]
-      <c r="DG76" s="1"/>
     </row>
-    <row r="77" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A77" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>281</v>
       </c>
       <c r="J77" s="1">
         <v>1</v>
       </c>
       <c r="K77" s="1" t="s">
         <v>282</v>
       </c>
       <c r="L77" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M77" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N77" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O77" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P77" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q77" s="1"/>
-      <c r="R77" s="1"/>
       <c r="S77" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T77" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U77" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V77" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W77" s="1"/>
-[...3 lines deleted...]
-      <c r="AA77" s="1"/>
       <c r="AB77" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC77" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD77" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE77" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF77" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG77" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH77" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI77" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ77" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK77" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL77" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM77" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN77" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO77" s="1"/>
       <c r="AP77" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ77" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR77" s="1">
         <v>4</v>
       </c>
       <c r="AS77" s="1">
         <v>5</v>
       </c>
-      <c r="AT77" s="1"/>
-      <c r="AU77" s="1"/>
       <c r="AV77" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW77" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX77" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY77" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ77" s="1"/>
       <c r="BA77" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB77" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC77" s="1">
         <v>5</v>
       </c>
       <c r="BD77" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE77" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF77" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG77" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH77" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI77" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ77" s="1">
         <v>0</v>
       </c>
-      <c r="BK77" s="1"/>
-[...1 lines deleted...]
-      <c r="BM77" s="1"/>
       <c r="BN77" s="1">
         <v>0</v>
       </c>
       <c r="BO77" s="1">
         <v>0</v>
       </c>
       <c r="BP77" s="1">
         <v>0</v>
       </c>
       <c r="BQ77" s="1">
         <v>0</v>
       </c>
-      <c r="BR77" s="1"/>
       <c r="BS77" s="1">
-        <v>6.7999999999999996E-3</v>
+        <v>5.5999999999999999E-3</v>
       </c>
       <c r="BT77" s="1">
         <v>0</v>
       </c>
       <c r="BU77" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>3.7499999999999999E-3</v>
       </c>
       <c r="BV77" s="1">
         <v>0</v>
       </c>
       <c r="BW77" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX77" s="1">
         <v>0</v>
       </c>
-      <c r="BY77" s="1"/>
-      <c r="BZ77" s="1"/>
       <c r="CA77" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE77" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF77" s="1">
-        <v>6.7999999999999996E-3</v>
-[...1 lines deleted...]
-      <c r="CG77" s="1"/>
+        <v>5.5999999999999999E-3</v>
+      </c>
       <c r="CH77" s="1">
         <v>0</v>
       </c>
       <c r="CI77" s="1">
-        <v>5.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ77" s="1"/>
+        <v>3.7499999999999999E-3</v>
+      </c>
+      <c r="CJ77" s="1">
+        <v>0</v>
+      </c>
       <c r="CK77" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL77" s="1">
         <v>0</v>
       </c>
       <c r="CM77" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN77" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG77" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY77" s="2"/>
     </row>
-    <row r="78" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A78" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H78" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>283</v>
       </c>
       <c r="J78" s="1">
         <v>1</v>
       </c>
       <c r="K78" s="1" t="s">
         <v>284</v>
       </c>
       <c r="L78" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M78" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N78" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O78" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P78" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q78" s="1"/>
-      <c r="R78" s="1"/>
       <c r="S78" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T78" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U78" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V78" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W78" s="1"/>
-[...5 lines deleted...]
-      <c r="AA78" s="1"/>
       <c r="AB78" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC78" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD78" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE78" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF78" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG78" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH78" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI78" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ78" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK78" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL78" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM78" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN78" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO78" s="1"/>
       <c r="AP78" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ78" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR78" s="1">
         <v>4</v>
       </c>
       <c r="AS78" s="1">
         <v>5</v>
       </c>
-      <c r="AT78" s="1"/>
-      <c r="AU78" s="1"/>
       <c r="AV78" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW78" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX78" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY78" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ78" s="1"/>
       <c r="BA78" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB78" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC78" s="1">
         <v>5</v>
       </c>
       <c r="BD78" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE78" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF78" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG78" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH78" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI78" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ78" s="1">
-        <v>0.05</v>
-[...3 lines deleted...]
-      <c r="BM78" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN78" s="1">
         <v>0</v>
       </c>
       <c r="BO78" s="1">
         <v>0</v>
       </c>
       <c r="BP78" s="1">
         <v>0</v>
       </c>
       <c r="BQ78" s="1">
         <v>0</v>
       </c>
-      <c r="BR78" s="1"/>
       <c r="BS78" s="1">
-        <v>1.9800000000000002E-2</v>
+        <v>7.9000000000000008E-3</v>
       </c>
       <c r="BT78" s="1">
         <v>0</v>
       </c>
       <c r="BU78" s="1">
-        <v>1.7999999999999999E-2</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="BV78" s="1">
         <v>0</v>
       </c>
       <c r="BW78" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX78" s="1">
         <v>0</v>
       </c>
-      <c r="BY78" s="1"/>
-      <c r="BZ78" s="1"/>
       <c r="CA78" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE78" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF78" s="1">
-        <v>1.9800000000000002E-2</v>
-[...1 lines deleted...]
-      <c r="CG78" s="1"/>
+        <v>7.9000000000000008E-3</v>
+      </c>
       <c r="CH78" s="1">
         <v>0</v>
       </c>
       <c r="CI78" s="1">
-        <v>1.7999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ78" s="1"/>
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="CJ78" s="1">
+        <v>0</v>
+      </c>
       <c r="CK78" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL78" s="1">
         <v>0</v>
       </c>
       <c r="CM78" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN78" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX78" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY78" s="2"/>
-      <c r="CZ78" s="1"/>
-[...6 lines deleted...]
-      <c r="DG78" s="1"/>
     </row>
-    <row r="79" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A79" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>285</v>
       </c>
       <c r="J79" s="1">
         <v>1</v>
       </c>
       <c r="K79" s="1" t="s">
         <v>286</v>
       </c>
       <c r="L79" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M79" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N79" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O79" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P79" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q79" s="1"/>
-      <c r="R79" s="1"/>
       <c r="S79" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T79" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U79" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V79" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W79" s="1"/>
-[...3 lines deleted...]
-      <c r="AA79" s="1"/>
       <c r="AB79" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC79" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD79" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE79" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF79" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG79" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH79" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI79" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ79" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK79" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL79" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM79" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN79" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO79" s="1"/>
       <c r="AP79" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ79" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR79" s="1">
         <v>4</v>
       </c>
       <c r="AS79" s="1">
         <v>5</v>
       </c>
-      <c r="AT79" s="1"/>
-      <c r="AU79" s="1"/>
       <c r="AV79" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW79" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX79" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY79" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ79" s="1"/>
       <c r="BA79" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB79" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC79" s="1">
         <v>5</v>
       </c>
       <c r="BD79" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE79" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF79" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG79" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH79" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI79" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ79" s="1">
         <v>0</v>
       </c>
-      <c r="BK79" s="1"/>
-[...1 lines deleted...]
-      <c r="BM79" s="1"/>
       <c r="BN79" s="1">
         <v>0</v>
       </c>
       <c r="BO79" s="1">
         <v>0</v>
       </c>
       <c r="BP79" s="1">
         <v>0</v>
       </c>
       <c r="BQ79" s="1">
         <v>0</v>
       </c>
-      <c r="BR79" s="1"/>
       <c r="BS79" s="1">
-        <v>1.9800000000000002E-2</v>
+        <v>6.8999999999999999E-3</v>
       </c>
       <c r="BT79" s="1">
         <v>0</v>
       </c>
       <c r="BU79" s="1">
-        <v>1.2999999999999999E-2</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="BV79" s="1">
+        <v>0</v>
+      </c>
+      <c r="BW79" s="1">
+        <v>3.7000000000000002E-3</v>
+      </c>
+      <c r="BX79" s="1">
+        <v>0</v>
+      </c>
+      <c r="CA79" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CF79" s="1">
+        <v>6.8999999999999999E-3</v>
+      </c>
+      <c r="CH79" s="1">
+        <v>0</v>
+      </c>
+      <c r="CI79" s="1">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="BW79" s="1">
-[...23 lines deleted...]
-      </c>
       <c r="CJ79" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="CK79" s="1">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="CL79" s="1">
+        <v>0</v>
+      </c>
+      <c r="CM79" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="CN79" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CQ79" s="1">
         <v>3.7000000000000002E-3</v>
       </c>
-      <c r="CL79" s="1">
-[...26 lines deleted...]
-      <c r="DG79" s="1"/>
+      <c r="CR79" s="1">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="CS79" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT79" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW79" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY79" s="2" t="s">
+        <v>344</v>
+      </c>
     </row>
-    <row r="80" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A80" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>287</v>
       </c>
       <c r="J80" s="1">
         <v>1</v>
       </c>
       <c r="K80" s="1" t="s">
         <v>288</v>
       </c>
       <c r="L80" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M80" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N80" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O80" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P80" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q80" s="1"/>
-      <c r="R80" s="1"/>
       <c r="S80" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T80" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U80" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V80" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W80" s="1"/>
-      <c r="X80" s="1"/>
       <c r="Y80" s="1">
         <v>13</v>
       </c>
-      <c r="Z80" s="1"/>
-      <c r="AA80" s="1"/>
       <c r="AB80" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD80" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE80" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL80" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM80" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN80" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO80" s="1"/>
       <c r="AP80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR80" s="1">
         <v>4</v>
       </c>
       <c r="AS80" s="1">
         <v>5</v>
       </c>
-      <c r="AT80" s="1"/>
-      <c r="AU80" s="1"/>
       <c r="AV80" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW80" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY80" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ80" s="1"/>
       <c r="BA80" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC80" s="1">
         <v>5</v>
       </c>
       <c r="BD80" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE80" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF80" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG80" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH80" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI80" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ80" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM80" s="1"/>
+        <v>0.05</v>
+      </c>
       <c r="BN80" s="1">
         <v>0</v>
       </c>
       <c r="BO80" s="1">
         <v>0</v>
       </c>
       <c r="BP80" s="1">
         <v>0</v>
       </c>
       <c r="BQ80" s="1">
         <v>0</v>
       </c>
-      <c r="BR80" s="1"/>
       <c r="BS80" s="1">
-        <v>7.7999999999999996E-3</v>
+        <v>1.9900000000000001E-2</v>
       </c>
       <c r="BT80" s="1">
         <v>0</v>
       </c>
       <c r="BU80" s="1">
-        <v>6.0000000000000001E-3</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="BV80" s="1">
         <v>0</v>
       </c>
       <c r="BW80" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX80" s="1">
         <v>0</v>
       </c>
-      <c r="BY80" s="1"/>
-      <c r="BZ80" s="1"/>
       <c r="CA80" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE80" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF80" s="1">
-        <v>7.7999999999999996E-3</v>
-[...1 lines deleted...]
-      <c r="CG80" s="1"/>
+        <v>1.9900000000000001E-2</v>
+      </c>
       <c r="CH80" s="1">
         <v>0</v>
       </c>
       <c r="CI80" s="1">
-        <v>6.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ80" s="1"/>
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="CJ80" s="1">
+        <v>0</v>
+      </c>
       <c r="CK80" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL80" s="1">
         <v>0</v>
       </c>
       <c r="CM80" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN80" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX80" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY80" s="2"/>
-      <c r="CZ80" s="1"/>
-[...6 lines deleted...]
-      <c r="DG80" s="1"/>
     </row>
-    <row r="81" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A81" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>289</v>
       </c>
       <c r="J81" s="1">
         <v>1</v>
       </c>
       <c r="K81" s="1" t="s">
         <v>290</v>
       </c>
       <c r="L81" s="1" t="s">
-        <v>149</v>
+        <v>118</v>
       </c>
       <c r="M81" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N81" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O81" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P81" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q81" s="1"/>
-      <c r="R81" s="1"/>
       <c r="S81" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T81" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U81" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V81" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W81" s="1"/>
-[...3 lines deleted...]
-      <c r="AA81" s="1"/>
       <c r="AB81" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC81" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD81" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE81" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF81" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG81" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH81" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI81" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ81" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK81" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL81" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM81" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN81" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO81" s="1"/>
       <c r="AP81" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ81" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR81" s="1">
         <v>4</v>
       </c>
       <c r="AS81" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU81" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV81" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW81" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX81" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY81" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ81" s="1"/>
       <c r="BA81" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB81" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC81" s="1">
         <v>5</v>
       </c>
       <c r="BD81" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE81" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF81" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG81" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH81" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI81" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ81" s="1">
         <v>0</v>
       </c>
-      <c r="BK81" s="1"/>
-[...1 lines deleted...]
-      <c r="BM81" s="1"/>
       <c r="BN81" s="1">
         <v>0</v>
       </c>
       <c r="BO81" s="1">
         <v>0</v>
       </c>
       <c r="BP81" s="1">
         <v>0</v>
       </c>
       <c r="BQ81" s="1">
         <v>0</v>
       </c>
-      <c r="BR81" s="1"/>
       <c r="BS81" s="1">
-        <v>7.7999999999999996E-3</v>
+        <v>1.9900000000000001E-2</v>
       </c>
       <c r="BT81" s="1">
         <v>0</v>
       </c>
       <c r="BU81" s="1">
-        <v>6.0000000000000001E-3</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="BV81" s="1">
-        <v>0</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="BW81" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX81" s="1">
         <v>0</v>
       </c>
-      <c r="BY81" s="1"/>
-      <c r="BZ81" s="1"/>
       <c r="CA81" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE81" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF81" s="1">
-        <v>7.7999999999999996E-3</v>
-[...1 lines deleted...]
-      <c r="CG81" s="1"/>
+        <v>1.9900000000000001E-2</v>
+      </c>
       <c r="CH81" s="1">
         <v>0</v>
       </c>
       <c r="CI81" s="1">
-        <v>6.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ81" s="1"/>
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="CJ81" s="1">
+        <v>5.0000000000000001E-3</v>
+      </c>
       <c r="CK81" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL81" s="1">
         <v>0</v>
       </c>
       <c r="CM81" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN81" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX81" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY81" s="2"/>
-      <c r="CZ81" s="1"/>
-[...6 lines deleted...]
-      <c r="DG81" s="1"/>
     </row>
-    <row r="82" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A82" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>291</v>
       </c>
       <c r="J82" s="1">
         <v>1</v>
       </c>
       <c r="K82" s="1" t="s">
         <v>292</v>
       </c>
       <c r="L82" s="1" t="s">
-        <v>149</v>
+        <v>118</v>
       </c>
       <c r="M82" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N82" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O82" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P82" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q82" s="1"/>
-      <c r="R82" s="1"/>
       <c r="S82" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T82" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U82" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V82" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W82" s="1"/>
-[...3 lines deleted...]
-      <c r="AA82" s="1"/>
+      <c r="Y82" s="1">
+        <v>13</v>
+      </c>
       <c r="AB82" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD82" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE82" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL82" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM82" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN82" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO82" s="1"/>
       <c r="AP82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR82" s="1">
         <v>4</v>
       </c>
       <c r="AS82" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU82" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV82" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW82" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY82" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ82" s="1"/>
       <c r="BA82" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC82" s="1">
         <v>5</v>
       </c>
       <c r="BD82" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE82" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF82" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG82" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH82" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI82" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ82" s="1">
         <v>0</v>
       </c>
-      <c r="BK82" s="1"/>
-[...1 lines deleted...]
-      <c r="BM82" s="1"/>
       <c r="BN82" s="1">
         <v>0</v>
       </c>
       <c r="BO82" s="1">
         <v>0</v>
       </c>
       <c r="BP82" s="1">
         <v>0</v>
       </c>
       <c r="BQ82" s="1">
         <v>0</v>
       </c>
-      <c r="BR82" s="1"/>
       <c r="BS82" s="1">
-        <v>1.9800000000000002E-2</v>
+        <v>7.9000000000000008E-3</v>
       </c>
       <c r="BT82" s="1">
         <v>0</v>
       </c>
       <c r="BU82" s="1">
-        <v>1.2999999999999999E-2</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="BV82" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="BW82" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX82" s="1">
         <v>0</v>
       </c>
-      <c r="BY82" s="1"/>
-      <c r="BZ82" s="1"/>
       <c r="CA82" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE82" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF82" s="1">
-        <v>1.9800000000000002E-2</v>
-[...1 lines deleted...]
-      <c r="CG82" s="1"/>
+        <v>7.9000000000000008E-3</v>
+      </c>
       <c r="CH82" s="1">
         <v>0</v>
       </c>
       <c r="CI82" s="1">
-        <v>1.2999999999999999E-2</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="CJ82" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="CK82" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL82" s="1">
         <v>0</v>
       </c>
       <c r="CM82" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN82" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX82" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY82" s="2"/>
-      <c r="CZ82" s="1"/>
-[...6 lines deleted...]
-      <c r="DG82" s="1"/>
     </row>
-    <row r="83" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A83" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>293</v>
       </c>
       <c r="J83" s="1">
         <v>1</v>
       </c>
       <c r="K83" s="1" t="s">
         <v>294</v>
       </c>
       <c r="L83" s="1" t="s">
-        <v>134</v>
+        <v>151</v>
       </c>
       <c r="M83" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N83" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O83" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P83" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q83" s="1"/>
-      <c r="R83" s="1"/>
       <c r="S83" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T83" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U83" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V83" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W83" s="1"/>
-[...3 lines deleted...]
-      <c r="AA83" s="1"/>
       <c r="AB83" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC83" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD83" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE83" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF83" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG83" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH83" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI83" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ83" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK83" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL83" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM83" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN83" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO83" s="1"/>
       <c r="AP83" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ83" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR83" s="1">
         <v>4</v>
       </c>
       <c r="AS83" s="1">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="AU83" s="1"/>
+        <v>6</v>
+      </c>
       <c r="AV83" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW83" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX83" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY83" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ83" s="1"/>
       <c r="BA83" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB83" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC83" s="1">
         <v>5</v>
       </c>
       <c r="BD83" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE83" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF83" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG83" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH83" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI83" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ83" s="1">
         <v>0</v>
       </c>
-      <c r="BK83" s="1"/>
-[...1 lines deleted...]
-      <c r="BM83" s="1"/>
       <c r="BN83" s="1">
         <v>0</v>
       </c>
       <c r="BO83" s="1">
         <v>0</v>
       </c>
       <c r="BP83" s="1">
         <v>0</v>
       </c>
       <c r="BQ83" s="1">
         <v>0</v>
       </c>
-      <c r="BR83" s="1"/>
       <c r="BS83" s="1">
-        <v>1.18E-2</v>
+        <v>7.9000000000000008E-3</v>
       </c>
       <c r="BT83" s="1">
         <v>0</v>
       </c>
       <c r="BU83" s="1">
-        <v>0.01</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="BV83" s="1">
         <v>0</v>
       </c>
       <c r="BW83" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX83" s="1">
         <v>0</v>
       </c>
-      <c r="BY83" s="1"/>
-      <c r="BZ83" s="1"/>
       <c r="CA83" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE83" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF83" s="1">
-        <v>1.18E-2</v>
-[...1 lines deleted...]
-      <c r="CG83" s="1"/>
+        <v>7.9000000000000008E-3</v>
+      </c>
       <c r="CH83" s="1">
         <v>0</v>
       </c>
       <c r="CI83" s="1">
-        <v>0.01</v>
-[...1 lines deleted...]
-      <c r="CJ83" s="1"/>
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="CJ83" s="1">
+        <v>0</v>
+      </c>
       <c r="CK83" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL83" s="1">
         <v>0</v>
       </c>
       <c r="CM83" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN83" s="2" t="s">
-        <v>319</v>
-[...31 lines deleted...]
-      <c r="DG83" s="1"/>
+        <v>323</v>
+      </c>
+      <c r="CY83" s="2"/>
     </row>
-    <row r="84" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A84" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>295</v>
       </c>
       <c r="J84" s="1">
         <v>1</v>
       </c>
       <c r="K84" s="1" t="s">
         <v>296</v>
       </c>
       <c r="L84" s="1" t="s">
-        <v>118</v>
+        <v>151</v>
       </c>
       <c r="M84" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="O84" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P84" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q84" s="1"/>
-      <c r="R84" s="1"/>
       <c r="S84" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T84" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U84" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V84" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W84" s="1"/>
-[...5 lines deleted...]
-      <c r="AA84" s="1"/>
       <c r="AB84" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD84" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE84" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL84" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM84" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN84" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO84" s="1"/>
       <c r="AP84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR84" s="1">
         <v>4</v>
       </c>
       <c r="AS84" s="1">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="AU84" s="1"/>
+        <v>6</v>
+      </c>
       <c r="AV84" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW84" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY84" s="1" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="AZ84" s="1"/>
+        <v>126</v>
+      </c>
       <c r="BA84" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC84" s="1">
         <v>5</v>
       </c>
       <c r="BD84" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE84" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF84" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG84" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH84" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI84" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ84" s="1">
-        <v>0.05</v>
-[...3 lines deleted...]
-      <c r="BM84" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN84" s="1">
         <v>0</v>
       </c>
       <c r="BO84" s="1">
         <v>0</v>
       </c>
       <c r="BP84" s="1">
         <v>0</v>
       </c>
       <c r="BQ84" s="1">
         <v>0</v>
       </c>
-      <c r="BR84" s="1"/>
       <c r="BS84" s="1">
-        <v>1.9800000000000002E-2</v>
+        <v>1.9900000000000001E-2</v>
       </c>
       <c r="BT84" s="1">
         <v>0</v>
       </c>
       <c r="BU84" s="1">
-        <v>1.7999999999999999E-2</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="BV84" s="1">
-        <v>0</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="BW84" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX84" s="1">
         <v>0</v>
       </c>
-      <c r="BY84" s="1"/>
-      <c r="BZ84" s="1"/>
       <c r="CA84" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE84" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF84" s="1">
-        <v>1.9800000000000002E-2</v>
-[...1 lines deleted...]
-      <c r="CG84" s="1"/>
+        <v>1.9900000000000001E-2</v>
+      </c>
       <c r="CH84" s="1">
         <v>0</v>
       </c>
       <c r="CI84" s="1">
-        <v>1.7999999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="CJ84" s="1"/>
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="CJ84" s="1">
+        <v>5.0000000000000001E-3</v>
+      </c>
       <c r="CK84" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL84" s="1">
         <v>0</v>
       </c>
       <c r="CM84" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN84" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX84" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY84" s="2"/>
-      <c r="CZ84" s="1"/>
-[...6 lines deleted...]
-      <c r="DG84" s="1"/>
     </row>
-    <row r="85" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A85" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>297</v>
       </c>
       <c r="J85" s="1">
         <v>1</v>
       </c>
       <c r="K85" s="1" t="s">
         <v>298</v>
       </c>
       <c r="L85" s="1" t="s">
-        <v>149</v>
+        <v>136</v>
       </c>
       <c r="M85" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N85" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O85" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P85" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q85" s="1"/>
-      <c r="R85" s="1"/>
       <c r="S85" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T85" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U85" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V85" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W85" s="1"/>
-[...3 lines deleted...]
-      <c r="AA85" s="1"/>
       <c r="AB85" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD85" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE85" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AG85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL85" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM85" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN85" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO85" s="1"/>
       <c r="AP85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR85" s="1">
         <v>4</v>
       </c>
       <c r="AS85" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU85" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV85" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW85" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY85" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ85" s="1"/>
       <c r="BA85" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC85" s="1">
         <v>5</v>
       </c>
       <c r="BD85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE85" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF85" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG85" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH85" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI85" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ85" s="1">
         <v>0</v>
       </c>
-      <c r="BK85" s="1"/>
-[...1 lines deleted...]
-      <c r="BM85" s="1"/>
       <c r="BN85" s="1">
         <v>0</v>
       </c>
       <c r="BO85" s="1">
         <v>0</v>
       </c>
       <c r="BP85" s="1">
         <v>0</v>
       </c>
       <c r="BQ85" s="1">
         <v>0</v>
       </c>
-      <c r="BR85" s="1"/>
       <c r="BS85" s="1">
         <v>1.1900000000000001E-2</v>
       </c>
       <c r="BT85" s="1">
         <v>0</v>
       </c>
       <c r="BU85" s="1">
         <v>0.01</v>
       </c>
       <c r="BV85" s="1">
         <v>0</v>
       </c>
       <c r="BW85" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX85" s="1">
         <v>0</v>
       </c>
-      <c r="BY85" s="1"/>
-      <c r="BZ85" s="1"/>
       <c r="CA85" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE85" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF85" s="1">
         <v>1.1900000000000001E-2</v>
       </c>
-      <c r="CG85" s="1"/>
       <c r="CH85" s="1">
         <v>0</v>
       </c>
       <c r="CI85" s="1">
         <v>0.01</v>
       </c>
-      <c r="CJ85" s="1"/>
+      <c r="CJ85" s="1">
+        <v>0</v>
+      </c>
       <c r="CK85" s="1">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="CL85" s="1">
+        <v>0</v>
+      </c>
+      <c r="CM85" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="CN85" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CQ85" s="1">
         <v>3.7000000000000002E-3</v>
       </c>
-      <c r="CL85" s="1">
-[...12 lines deleted...]
-      </c>
       <c r="CR85" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CS85" s="1" t="s">
         <v>115</v>
       </c>
       <c r="CT85" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="CU85" s="1"/>
-      <c r="CV85" s="1"/>
       <c r="CW85" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="CX85" s="1"/>
       <c r="CY85" s="2" t="s">
-        <v>342</v>
-[...8 lines deleted...]
-      <c r="DG85" s="1"/>
+        <v>340</v>
+      </c>
     </row>
-    <row r="86" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A86" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>299</v>
       </c>
       <c r="J86" s="1">
         <v>1</v>
       </c>
       <c r="K86" s="1" t="s">
         <v>300</v>
       </c>
       <c r="L86" s="1" t="s">
-        <v>149</v>
+        <v>118</v>
       </c>
       <c r="M86" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N86" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="O86" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P86" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q86" s="1"/>
-      <c r="R86" s="1"/>
       <c r="S86" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T86" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U86" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V86" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W86" s="1"/>
-[...3 lines deleted...]
-      <c r="AA86" s="1"/>
+      <c r="Y86" s="1">
+        <v>13</v>
+      </c>
       <c r="AB86" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC86" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD86" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE86" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF86" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG86" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH86" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI86" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ86" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK86" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL86" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM86" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN86" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO86" s="1"/>
       <c r="AP86" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ86" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR86" s="1">
         <v>4</v>
       </c>
       <c r="AS86" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU86" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV86" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW86" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX86" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY86" s="1" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="AZ86" s="1"/>
+        <v>115</v>
+      </c>
       <c r="BA86" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB86" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC86" s="1">
         <v>5</v>
       </c>
       <c r="BD86" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE86" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF86" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG86" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH86" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI86" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ86" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM86" s="1"/>
+        <v>0.05</v>
+      </c>
       <c r="BN86" s="1">
         <v>0</v>
       </c>
       <c r="BO86" s="1">
         <v>0</v>
       </c>
       <c r="BP86" s="1">
         <v>0</v>
       </c>
       <c r="BQ86" s="1">
         <v>0</v>
       </c>
-      <c r="BR86" s="1"/>
       <c r="BS86" s="1">
-        <v>6.1999999999999998E-3</v>
+        <v>1.9900000000000001E-2</v>
       </c>
       <c r="BT86" s="1">
         <v>0</v>
       </c>
       <c r="BU86" s="1">
-        <v>4.3249999999999999E-3</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="BV86" s="1">
         <v>0</v>
       </c>
       <c r="BW86" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX86" s="1">
         <v>0</v>
       </c>
-      <c r="BY86" s="1"/>
-      <c r="BZ86" s="1"/>
       <c r="CA86" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE86" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF86" s="1">
-        <v>6.1999999999999998E-3</v>
-[...1 lines deleted...]
-      <c r="CG86" s="1"/>
+        <v>1.9900000000000001E-2</v>
+      </c>
       <c r="CH86" s="1">
         <v>0</v>
       </c>
       <c r="CI86" s="1">
-        <v>4.3249999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CJ86" s="1"/>
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="CJ86" s="1">
+        <v>0</v>
+      </c>
       <c r="CK86" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL86" s="1">
         <v>0</v>
       </c>
       <c r="CM86" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN86" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX86" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY86" s="2"/>
-      <c r="CZ86" s="1"/>
-[...6 lines deleted...]
-      <c r="DG86" s="1"/>
     </row>
-    <row r="87" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A87" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>301</v>
       </c>
       <c r="J87" s="1">
         <v>1</v>
       </c>
       <c r="K87" s="1" t="s">
         <v>302</v>
       </c>
       <c r="L87" s="1" t="s">
-        <v>303</v>
+        <v>151</v>
       </c>
       <c r="M87" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N87" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O87" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P87" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q87" s="1"/>
-      <c r="R87" s="1"/>
       <c r="S87" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T87" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U87" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V87" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W87" s="1"/>
-[...3 lines deleted...]
-      <c r="AA87" s="1"/>
       <c r="AB87" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD87" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE87" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF87" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL87" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM87" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN87" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO87" s="1"/>
       <c r="AP87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR87" s="1">
         <v>4</v>
       </c>
       <c r="AS87" s="1">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="AU87" s="1"/>
+        <v>6</v>
+      </c>
       <c r="AV87" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW87" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY87" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ87" s="1"/>
       <c r="BA87" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC87" s="1">
         <v>5</v>
       </c>
       <c r="BD87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE87" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF87" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG87" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH87" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI87" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ87" s="1">
         <v>0</v>
       </c>
-      <c r="BK87" s="1"/>
-[...1 lines deleted...]
-      <c r="BM87" s="1"/>
       <c r="BN87" s="1">
         <v>0</v>
       </c>
       <c r="BO87" s="1">
         <v>0</v>
       </c>
       <c r="BP87" s="1">
         <v>0</v>
       </c>
       <c r="BQ87" s="1">
         <v>0</v>
       </c>
-      <c r="BR87" s="1"/>
       <c r="BS87" s="1">
-        <v>7.1999999999999998E-3</v>
+        <v>1.2E-2</v>
       </c>
       <c r="BT87" s="1">
         <v>0</v>
       </c>
       <c r="BU87" s="1">
-        <v>5.4000000000000003E-3</v>
+        <v>0.01</v>
       </c>
       <c r="BV87" s="1">
         <v>0</v>
       </c>
       <c r="BW87" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX87" s="1">
         <v>0</v>
       </c>
-      <c r="BY87" s="1"/>
-      <c r="BZ87" s="1"/>
       <c r="CA87" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE87" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF87" s="1">
-        <v>7.1999999999999998E-3</v>
-[...1 lines deleted...]
-      <c r="CG87" s="1"/>
+        <v>1.2E-2</v>
+      </c>
       <c r="CH87" s="1">
         <v>0</v>
       </c>
       <c r="CI87" s="1">
-        <v>5.4000000000000003E-3</v>
-[...1 lines deleted...]
-      <c r="CJ87" s="1"/>
+        <v>0.01</v>
+      </c>
+      <c r="CJ87" s="1">
+        <v>0</v>
+      </c>
       <c r="CK87" s="1">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="CL87" s="1">
+        <v>0</v>
+      </c>
+      <c r="CM87" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="CN87" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CQ87" s="1">
         <v>3.7000000000000002E-3</v>
       </c>
-      <c r="CL87" s="1">
-[...26 lines deleted...]
-      <c r="DG87" s="1"/>
+      <c r="CR87" s="1">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="CS87" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="CT87" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="CW87" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="CY87" s="2" t="s">
+        <v>345</v>
+      </c>
     </row>
-    <row r="88" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A88" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H88" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="J88" s="1">
         <v>1</v>
       </c>
       <c r="K88" s="1" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="L88" s="1" t="s">
-        <v>303</v>
+        <v>151</v>
       </c>
       <c r="M88" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N88" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O88" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P88" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q88" s="1"/>
-      <c r="R88" s="1"/>
       <c r="S88" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T88" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U88" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V88" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W88" s="1"/>
-[...3 lines deleted...]
-      <c r="AA88" s="1"/>
       <c r="AB88" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC88" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD88" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE88" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF88" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG88" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH88" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI88" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ88" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK88" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL88" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM88" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN88" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO88" s="1"/>
       <c r="AP88" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ88" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR88" s="1">
         <v>4</v>
       </c>
       <c r="AS88" s="1">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="AU88" s="1"/>
+        <v>6</v>
+      </c>
       <c r="AV88" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW88" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX88" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY88" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ88" s="1"/>
       <c r="BA88" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB88" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC88" s="1">
         <v>5</v>
       </c>
       <c r="BD88" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE88" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF88" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG88" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH88" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI88" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ88" s="1">
         <v>0</v>
       </c>
-      <c r="BK88" s="1"/>
-[...1 lines deleted...]
-      <c r="BM88" s="1"/>
       <c r="BN88" s="1">
         <v>0</v>
       </c>
       <c r="BO88" s="1">
         <v>0</v>
       </c>
       <c r="BP88" s="1">
         <v>0</v>
       </c>
       <c r="BQ88" s="1">
         <v>0</v>
       </c>
-      <c r="BR88" s="1"/>
       <c r="BS88" s="1">
-        <v>8.5000000000000006E-3</v>
+        <v>6.3E-3</v>
       </c>
       <c r="BT88" s="1">
         <v>0</v>
       </c>
       <c r="BU88" s="1">
-        <v>6.7000000000000002E-3</v>
+        <v>4.3249999999999999E-3</v>
       </c>
       <c r="BV88" s="1">
         <v>0</v>
       </c>
       <c r="BW88" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX88" s="1">
         <v>0</v>
       </c>
-      <c r="BY88" s="1"/>
-      <c r="BZ88" s="1"/>
       <c r="CA88" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE88" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF88" s="1">
-        <v>8.5000000000000006E-3</v>
-[...1 lines deleted...]
-      <c r="CG88" s="1"/>
+        <v>6.3E-3</v>
+      </c>
       <c r="CH88" s="1">
         <v>0</v>
       </c>
       <c r="CI88" s="1">
-        <v>6.7000000000000002E-3</v>
-[...1 lines deleted...]
-      <c r="CJ88" s="1"/>
+        <v>4.3249999999999999E-3</v>
+      </c>
+      <c r="CJ88" s="1">
+        <v>0</v>
+      </c>
       <c r="CK88" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL88" s="1">
         <v>0</v>
       </c>
       <c r="CM88" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN88" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX88" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY88" s="2"/>
-      <c r="CZ88" s="1"/>
-[...6 lines deleted...]
-      <c r="DG88" s="1"/>
     </row>
-    <row r="89" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A89" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H89" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="J89" s="1">
         <v>1</v>
       </c>
       <c r="K89" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="L89" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="L89" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M89" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N89" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O89" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P89" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="Q89" s="1"/>
-      <c r="R89" s="1"/>
       <c r="S89" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T89" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U89" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V89" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W89" s="1"/>
-[...3 lines deleted...]
-      <c r="AA89" s="1"/>
       <c r="AB89" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC89" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD89" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE89" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF89" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AG89" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH89" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI89" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ89" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK89" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL89" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM89" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN89" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO89" s="1"/>
       <c r="AP89" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ89" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR89" s="1">
         <v>4</v>
       </c>
       <c r="AS89" s="1">
-        <v>6</v>
-[...2 lines deleted...]
-      <c r="AU89" s="1"/>
+        <v>5</v>
+      </c>
       <c r="AV89" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW89" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX89" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY89" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ89" s="1"/>
       <c r="BA89" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB89" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BC89" s="1">
         <v>5</v>
       </c>
       <c r="BD89" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE89" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF89" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG89" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH89" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI89" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ89" s="1">
-        <v>0.05</v>
-[...3 lines deleted...]
-      <c r="BM89" s="1"/>
+        <v>0</v>
+      </c>
       <c r="BN89" s="1">
         <v>0</v>
       </c>
       <c r="BO89" s="1">
         <v>0</v>
       </c>
       <c r="BP89" s="1">
         <v>0</v>
       </c>
       <c r="BQ89" s="1">
         <v>0</v>
       </c>
-      <c r="BR89" s="1"/>
       <c r="BS89" s="1">
-        <v>2.2100000000000002E-2</v>
+        <v>7.1999999999999998E-3</v>
       </c>
       <c r="BT89" s="1">
         <v>0</v>
       </c>
       <c r="BU89" s="1">
-        <v>0.02</v>
+        <v>5.4000000000000003E-3</v>
       </c>
       <c r="BV89" s="1">
         <v>0</v>
       </c>
       <c r="BW89" s="1">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX89" s="1">
         <v>0</v>
       </c>
-      <c r="BY89" s="1"/>
-      <c r="BZ89" s="1"/>
       <c r="CA89" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE89" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF89" s="1">
-        <v>2.2100000000000002E-2</v>
-[...1 lines deleted...]
-      <c r="CG89" s="1"/>
+        <v>7.1999999999999998E-3</v>
+      </c>
       <c r="CH89" s="1">
         <v>0</v>
       </c>
       <c r="CI89" s="1">
-        <v>0.02</v>
-[...1 lines deleted...]
-      <c r="CJ89" s="1"/>
+        <v>5.4000000000000003E-3</v>
+      </c>
+      <c r="CJ89" s="1">
+        <v>0</v>
+      </c>
       <c r="CK89" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL89" s="1">
         <v>0</v>
       </c>
       <c r="CM89" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN89" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX89" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY89" s="2"/>
-      <c r="CZ89" s="1"/>
-[...6 lines deleted...]
-      <c r="DG89" s="1"/>
     </row>
-    <row r="90" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A90" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H90" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>308</v>
       </c>
       <c r="J90" s="1">
         <v>1</v>
       </c>
       <c r="K90" s="1" t="s">
         <v>309</v>
       </c>
       <c r="L90" s="1" t="s">
-        <v>118</v>
+        <v>307</v>
       </c>
       <c r="M90" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N90" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O90" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P90" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-      <c r="R90" s="1"/>
+        <v>120</v>
+      </c>
       <c r="S90" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T90" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U90" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V90" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W90" s="1"/>
-[...3 lines deleted...]
-      <c r="AA90" s="1"/>
       <c r="AB90" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC90" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD90" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE90" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF90" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG90" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH90" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI90" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ90" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK90" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL90" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM90" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN90" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO90" s="1"/>
       <c r="AP90" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ90" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR90" s="1">
-        <v>3</v>
-[...3 lines deleted...]
-      <c r="AU90" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="AS90" s="1">
+        <v>5</v>
+      </c>
       <c r="AV90" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW90" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX90" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY90" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ90" s="1"/>
       <c r="BA90" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB90" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="BC90" s="1">
         <v>5</v>
       </c>
       <c r="BD90" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE90" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF90" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG90" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH90" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI90" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ90" s="1">
         <v>0</v>
       </c>
-      <c r="BK90" s="1"/>
-[...1 lines deleted...]
-      <c r="BM90" s="1"/>
       <c r="BN90" s="1">
         <v>0</v>
       </c>
       <c r="BO90" s="1">
         <v>0</v>
       </c>
       <c r="BP90" s="1">
         <v>0</v>
       </c>
       <c r="BQ90" s="1">
         <v>0</v>
       </c>
-      <c r="BR90" s="1"/>
       <c r="BS90" s="1">
-        <v>8.8000000000000005E-3</v>
+        <v>8.5000000000000006E-3</v>
       </c>
       <c r="BT90" s="1">
         <v>0</v>
       </c>
       <c r="BU90" s="1">
-        <v>3.7499999999999999E-3</v>
+        <v>6.6E-3</v>
       </c>
       <c r="BV90" s="1">
         <v>0</v>
       </c>
       <c r="BW90" s="1">
-        <v>3.8E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX90" s="1">
         <v>0</v>
       </c>
-      <c r="BY90" s="1"/>
-      <c r="BZ90" s="1"/>
       <c r="CA90" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE90" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF90" s="1">
-        <v>8.8000000000000005E-3</v>
-[...1 lines deleted...]
-      <c r="CG90" s="1"/>
+        <v>8.5000000000000006E-3</v>
+      </c>
       <c r="CH90" s="1">
         <v>0</v>
       </c>
       <c r="CI90" s="1">
-        <v>3.7499999999999999E-3</v>
-[...1 lines deleted...]
-      <c r="CJ90" s="1"/>
+        <v>6.6E-3</v>
+      </c>
+      <c r="CJ90" s="1">
+        <v>0</v>
+      </c>
       <c r="CK90" s="1">
-        <v>4.4000000000000003E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL90" s="1">
         <v>0</v>
       </c>
       <c r="CM90" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN90" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX90" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY90" s="2"/>
-      <c r="CZ90" s="1"/>
-[...6 lines deleted...]
-      <c r="DG90" s="1"/>
     </row>
-    <row r="91" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A91" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>310</v>
       </c>
       <c r="J91" s="1">
         <v>1</v>
       </c>
       <c r="K91" s="1" t="s">
         <v>311</v>
       </c>
       <c r="L91" s="1" t="s">
-        <v>118</v>
+        <v>204</v>
       </c>
       <c r="M91" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N91" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O91" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P91" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-      <c r="R91" s="1"/>
+        <v>120</v>
+      </c>
       <c r="S91" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T91" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U91" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V91" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W91" s="1"/>
-[...3 lines deleted...]
-      <c r="AA91" s="1"/>
       <c r="AB91" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC91" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD91" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE91" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF91" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="AG91" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH91" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI91" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ91" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK91" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL91" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM91" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN91" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO91" s="1"/>
       <c r="AP91" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ91" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR91" s="1">
         <v>4</v>
       </c>
-      <c r="AS91" s="1"/>
-[...1 lines deleted...]
-      <c r="AU91" s="1"/>
+      <c r="AS91" s="1">
+        <v>6</v>
+      </c>
       <c r="AV91" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW91" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX91" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY91" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ91" s="1"/>
       <c r="BA91" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB91" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="BC91" s="1">
         <v>5</v>
       </c>
       <c r="BD91" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE91" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF91" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG91" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH91" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI91" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ91" s="1">
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="BM91" s="1"/>
+        <v>0.05</v>
+      </c>
       <c r="BN91" s="1">
         <v>0</v>
       </c>
       <c r="BO91" s="1">
         <v>0</v>
       </c>
       <c r="BP91" s="1">
         <v>0</v>
       </c>
       <c r="BQ91" s="1">
         <v>0</v>
       </c>
-      <c r="BR91" s="1"/>
       <c r="BS91" s="1">
-        <v>3.0000000000000001E-3</v>
+        <v>2.2100000000000002E-2</v>
       </c>
       <c r="BT91" s="1">
         <v>0</v>
       </c>
       <c r="BU91" s="1">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="BV91" s="1">
         <v>0</v>
       </c>
       <c r="BW91" s="1">
-        <v>1.9E-3</v>
+        <v>3.7000000000000002E-3</v>
       </c>
       <c r="BX91" s="1">
         <v>0</v>
       </c>
-      <c r="BY91" s="1"/>
-      <c r="BZ91" s="1"/>
       <c r="CA91" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE91" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF91" s="1">
-        <v>3.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CG91" s="1"/>
+        <v>2.2100000000000002E-2</v>
+      </c>
       <c r="CH91" s="1">
         <v>0</v>
       </c>
       <c r="CI91" s="1">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="CJ91" s="1"/>
+        <v>0.02</v>
+      </c>
+      <c r="CJ91" s="1">
+        <v>0</v>
+      </c>
       <c r="CK91" s="1">
-        <v>1.1999999999999999E-3</v>
+        <v>4.4999999999999997E-3</v>
       </c>
       <c r="CL91" s="1">
         <v>0</v>
       </c>
       <c r="CM91" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN91" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX91" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY91" s="2"/>
-      <c r="CZ91" s="1"/>
-[...6 lines deleted...]
-      <c r="DG91" s="1"/>
     </row>
-    <row r="92" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A92" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>312</v>
       </c>
       <c r="J92" s="1">
         <v>1</v>
       </c>
       <c r="K92" s="1" t="s">
         <v>313</v>
       </c>
       <c r="L92" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M92" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N92" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O92" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P92" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="Q92" s="1"/>
-      <c r="R92" s="1"/>
       <c r="S92" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T92" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U92" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V92" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W92" s="1"/>
-[...3 lines deleted...]
-      <c r="AA92" s="1"/>
       <c r="AB92" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC92" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD92" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE92" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF92" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG92" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH92" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI92" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ92" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK92" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL92" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM92" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN92" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO92" s="1"/>
       <c r="AP92" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ92" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR92" s="1">
         <v>3</v>
       </c>
-      <c r="AS92" s="1"/>
-[...1 lines deleted...]
-      <c r="AU92" s="1"/>
       <c r="AV92" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW92" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX92" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY92" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ92" s="1"/>
       <c r="BA92" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB92" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC92" s="1">
         <v>5</v>
       </c>
       <c r="BD92" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE92" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF92" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG92" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH92" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI92" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ92" s="1">
         <v>0</v>
       </c>
-      <c r="BK92" s="1"/>
-[...1 lines deleted...]
-      <c r="BM92" s="1"/>
       <c r="BN92" s="1">
         <v>0</v>
       </c>
       <c r="BO92" s="1">
         <v>0</v>
       </c>
       <c r="BP92" s="1">
         <v>0</v>
       </c>
       <c r="BQ92" s="1">
         <v>0</v>
       </c>
-      <c r="BR92" s="1"/>
       <c r="BS92" s="1">
-        <v>9.1000000000000004E-3</v>
+        <v>8.5000000000000006E-3</v>
       </c>
       <c r="BT92" s="1">
         <v>0</v>
       </c>
       <c r="BU92" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>3.7499999999999999E-3</v>
       </c>
       <c r="BV92" s="1">
         <v>0</v>
       </c>
       <c r="BW92" s="1">
-        <v>1.6999999999999999E-3</v>
+        <v>3.8E-3</v>
       </c>
       <c r="BX92" s="1">
         <v>0</v>
       </c>
-      <c r="BY92" s="1"/>
-      <c r="BZ92" s="1"/>
       <c r="CA92" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE92" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF92" s="1">
-        <v>9.1000000000000004E-3</v>
-[...1 lines deleted...]
-      <c r="CG92" s="1"/>
+        <v>8.5000000000000006E-3</v>
+      </c>
       <c r="CH92" s="1">
         <v>0</v>
       </c>
       <c r="CI92" s="1">
-        <v>5.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ92" s="1"/>
+        <v>3.7499999999999999E-3</v>
+      </c>
+      <c r="CJ92" s="1">
+        <v>0</v>
+      </c>
       <c r="CK92" s="1">
-        <v>1.4E-3</v>
+        <v>4.3E-3</v>
       </c>
       <c r="CL92" s="1">
         <v>0</v>
       </c>
       <c r="CM92" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN92" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX92" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY92" s="2"/>
-      <c r="CZ92" s="1"/>
-[...6 lines deleted...]
-      <c r="DG92" s="1"/>
     </row>
-    <row r="93" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A93" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>314</v>
       </c>
       <c r="J93" s="1">
         <v>1</v>
       </c>
       <c r="K93" s="1" t="s">
         <v>315</v>
       </c>
       <c r="L93" s="1" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="M93" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N93" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O93" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P93" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="Q93" s="1"/>
-      <c r="R93" s="1"/>
       <c r="S93" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T93" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U93" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V93" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W93" s="1"/>
-[...3 lines deleted...]
-      <c r="AA93" s="1"/>
       <c r="AB93" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC93" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD93" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE93" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF93" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG93" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH93" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI93" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ93" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK93" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL93" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM93" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN93" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO93" s="1"/>
       <c r="AP93" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ93" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR93" s="1">
-        <v>3</v>
-[...3 lines deleted...]
-      <c r="AU93" s="1"/>
+        <v>4</v>
+      </c>
       <c r="AV93" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW93" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX93" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY93" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ93" s="1"/>
       <c r="BA93" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB93" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC93" s="1">
         <v>5</v>
       </c>
       <c r="BD93" s="1" t="s">
         <v>115</v>
       </c>
       <c r="BE93" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF93" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG93" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH93" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI93" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ93" s="1">
         <v>0</v>
       </c>
-      <c r="BK93" s="1"/>
-[...1 lines deleted...]
-      <c r="BM93" s="1"/>
       <c r="BN93" s="1">
         <v>0</v>
       </c>
       <c r="BO93" s="1">
         <v>0</v>
       </c>
       <c r="BP93" s="1">
         <v>0</v>
       </c>
       <c r="BQ93" s="1">
         <v>0</v>
       </c>
-      <c r="BR93" s="1"/>
       <c r="BS93" s="1">
-        <v>9.1000000000000004E-3</v>
+        <v>2.8999999999999998E-3</v>
       </c>
       <c r="BT93" s="1">
         <v>0</v>
       </c>
       <c r="BU93" s="1">
-        <v>5.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="BV93" s="1">
         <v>0</v>
       </c>
       <c r="BW93" s="1">
         <v>1.6999999999999999E-3</v>
       </c>
       <c r="BX93" s="1">
         <v>0</v>
       </c>
-      <c r="BY93" s="1"/>
-      <c r="BZ93" s="1"/>
       <c r="CA93" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE93" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF93" s="1">
-        <v>9.1000000000000004E-3</v>
-[...1 lines deleted...]
-      <c r="CG93" s="1"/>
+        <v>2.8999999999999998E-3</v>
+      </c>
       <c r="CH93" s="1">
         <v>0</v>
       </c>
       <c r="CI93" s="1">
-        <v>5.0000000000000001E-3</v>
-[...1 lines deleted...]
-      <c r="CJ93" s="1"/>
+        <v>0</v>
+      </c>
+      <c r="CJ93" s="1">
+        <v>0</v>
+      </c>
       <c r="CK93" s="1">
-        <v>1.4E-3</v>
+        <v>1.1000000000000001E-3</v>
       </c>
       <c r="CL93" s="1">
         <v>0</v>
       </c>
       <c r="CM93" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="CN93" s="2" t="s">
-        <v>319</v>
-[...10 lines deleted...]
-      <c r="CX93" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CY93" s="2"/>
-      <c r="CZ93" s="1"/>
-[...6 lines deleted...]
-      <c r="DG93" s="1"/>
     </row>
-    <row r="94" spans="1:111" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:103" x14ac:dyDescent="0.3">
       <c r="A94" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>316</v>
       </c>
       <c r="J94" s="1">
         <v>1</v>
       </c>
       <c r="K94" s="1" t="s">
         <v>317</v>
       </c>
       <c r="L94" s="1" t="s">
         <v>118</v>
       </c>
       <c r="M94" s="1" t="s">
         <v>119</v>
       </c>
       <c r="N94" s="1" t="s">
         <v>119</v>
       </c>
       <c r="O94" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P94" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="Q94" s="1"/>
-      <c r="R94" s="1"/>
       <c r="S94" s="1" t="s">
         <v>121</v>
       </c>
       <c r="T94" s="1" t="s">
         <v>122</v>
       </c>
       <c r="U94" s="1" t="s">
         <v>123</v>
       </c>
       <c r="V94" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="W94" s="1"/>
-[...3 lines deleted...]
-      <c r="AA94" s="1"/>
       <c r="AB94" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AC94" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AD94" s="1" t="s">
         <v>125</v>
       </c>
       <c r="AE94" s="2" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="AF94" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AG94" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AH94" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AI94" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AJ94" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AK94" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AL94" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AM94" s="1" t="s">
         <v>119</v>
       </c>
       <c r="AN94" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AO94" s="1"/>
       <c r="AP94" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AQ94" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AR94" s="1">
         <v>3</v>
       </c>
-      <c r="AS94" s="1"/>
-[...1 lines deleted...]
-      <c r="AU94" s="1"/>
       <c r="AV94" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AW94" s="1" t="s">
         <v>126</v>
       </c>
       <c r="AX94" s="1" t="s">
         <v>115</v>
       </c>
       <c r="AY94" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="AZ94" s="1"/>
       <c r="BA94" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BB94" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BC94" s="1">
         <v>5</v>
       </c>
       <c r="BD94" s="1" t="s">
-        <v>126</v>
+        <v>115</v>
       </c>
       <c r="BE94" s="1" t="s">
         <v>119</v>
       </c>
       <c r="BF94" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BG94" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BH94" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BI94" s="1" t="s">
         <v>127</v>
       </c>
       <c r="BJ94" s="1">
         <v>0</v>
       </c>
-      <c r="BK94" s="1"/>
-[...1 lines deleted...]
-      <c r="BM94" s="1"/>
       <c r="BN94" s="1">
         <v>0</v>
       </c>
       <c r="BO94" s="1">
         <v>0</v>
       </c>
       <c r="BP94" s="1">
         <v>0</v>
       </c>
       <c r="BQ94" s="1">
         <v>0</v>
       </c>
-      <c r="BR94" s="1"/>
       <c r="BS94" s="1">
-        <v>9.7999999999999997E-3</v>
+        <v>8.8999999999999999E-3</v>
       </c>
       <c r="BT94" s="1">
         <v>0</v>
       </c>
       <c r="BU94" s="1">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="BV94" s="1">
         <v>0</v>
       </c>
       <c r="BW94" s="1">
-        <v>3.7000000000000002E-3</v>
+        <v>1.6999999999999999E-3</v>
       </c>
       <c r="BX94" s="1">
         <v>0</v>
       </c>
-      <c r="BY94" s="1"/>
-      <c r="BZ94" s="1"/>
       <c r="CA94" s="2" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="CE94" s="1"/>
+        <v>323</v>
+      </c>
       <c r="CF94" s="1">
-        <v>9.7999999999999997E-3</v>
-[...1 lines deleted...]
-      <c r="CG94" s="1"/>
+        <v>8.8999999999999999E-3</v>
+      </c>
       <c r="CH94" s="1">
         <v>0</v>
       </c>
       <c r="CI94" s="1">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="CJ94" s="1"/>
+      <c r="CJ94" s="1">
+        <v>0</v>
+      </c>
       <c r="CK94" s="1">
+        <v>1.5E-3</v>
+      </c>
+      <c r="CL94" s="1">
+        <v>0</v>
+      </c>
+      <c r="CM94" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="CN94" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CY94" s="2"/>
+    </row>
+    <row r="95" spans="1:103" x14ac:dyDescent="0.3">
+      <c r="A95" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="E95" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="J95" s="1">
+        <v>1</v>
+      </c>
+      <c r="K95" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="L95" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="M95" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="N95" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="O95" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="P95" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="S95" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="T95" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="U95" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="V95" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="AB95" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC95" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AD95" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="AE95" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="AF95" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="AG95" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AH95" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AI95" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AJ95" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AK95" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AL95" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="AM95" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="AN95" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="AP95" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AQ95" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AR95" s="1">
+        <v>3</v>
+      </c>
+      <c r="AV95" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="AW95" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="AX95" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AY95" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="BA95" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="BB95" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="BC95" s="1">
+        <v>5</v>
+      </c>
+      <c r="BD95" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="BE95" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="BF95" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="BG95" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="BH95" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="BI95" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="BJ95" s="1">
+        <v>0</v>
+      </c>
+      <c r="BN95" s="1">
+        <v>0</v>
+      </c>
+      <c r="BO95" s="1">
+        <v>0</v>
+      </c>
+      <c r="BP95" s="1">
+        <v>0</v>
+      </c>
+      <c r="BQ95" s="1">
+        <v>0</v>
+      </c>
+      <c r="BS95" s="1">
+        <v>8.8999999999999999E-3</v>
+      </c>
+      <c r="BT95" s="1">
+        <v>0</v>
+      </c>
+      <c r="BU95" s="1">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="BV95" s="1">
+        <v>0</v>
+      </c>
+      <c r="BW95" s="1">
+        <v>1.6999999999999999E-3</v>
+      </c>
+      <c r="BX95" s="1">
+        <v>0</v>
+      </c>
+      <c r="CA95" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CF95" s="1">
+        <v>8.8999999999999999E-3</v>
+      </c>
+      <c r="CH95" s="1">
+        <v>0</v>
+      </c>
+      <c r="CI95" s="1">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="CJ95" s="1">
+        <v>0</v>
+      </c>
+      <c r="CK95" s="1">
+        <v>1.5E-3</v>
+      </c>
+      <c r="CL95" s="1">
+        <v>0</v>
+      </c>
+      <c r="CM95" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="CN95" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CY95" s="2"/>
+    </row>
+    <row r="96" spans="1:103" x14ac:dyDescent="0.3">
+      <c r="A96" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="J96" s="1">
+        <v>1</v>
+      </c>
+      <c r="K96" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="L96" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="M96" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="N96" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="O96" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="P96" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="S96" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="T96" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="U96" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="V96" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="AB96" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC96" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AD96" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="AE96" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="AF96" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="AG96" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AH96" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AI96" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AJ96" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AK96" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AL96" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="AM96" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="AN96" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="AP96" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AQ96" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AR96" s="1">
+        <v>3</v>
+      </c>
+      <c r="AV96" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="AW96" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="AX96" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="AY96" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="BA96" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="BB96" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="BC96" s="1">
+        <v>5</v>
+      </c>
+      <c r="BD96" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="BE96" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="BF96" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="BG96" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="BH96" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="BI96" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="BJ96" s="1">
+        <v>0</v>
+      </c>
+      <c r="BN96" s="1">
+        <v>0</v>
+      </c>
+      <c r="BO96" s="1">
+        <v>0</v>
+      </c>
+      <c r="BP96" s="1">
+        <v>0</v>
+      </c>
+      <c r="BQ96" s="1">
+        <v>0</v>
+      </c>
+      <c r="BS96" s="1">
+        <v>1.01E-2</v>
+      </c>
+      <c r="BT96" s="1">
+        <v>0</v>
+      </c>
+      <c r="BU96" s="1">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="BV96" s="1">
+        <v>0</v>
+      </c>
+      <c r="BW96" s="1">
+        <v>3.7000000000000002E-3</v>
+      </c>
+      <c r="BX96" s="1">
+        <v>0</v>
+      </c>
+      <c r="CA96" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CF96" s="1">
+        <v>1.01E-2</v>
+      </c>
+      <c r="CH96" s="1">
+        <v>0</v>
+      </c>
+      <c r="CI96" s="1">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="CJ96" s="1">
+        <v>0</v>
+      </c>
+      <c r="CK96" s="1">
         <v>3.8E-3</v>
       </c>
-      <c r="CL94" s="1">
-[...141 lines deleted...]
-      <c r="DG95" s="1"/>
+      <c r="CL96" s="1">
+        <v>0</v>
+      </c>
+      <c r="CM96" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="CN96" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="CY96" s="2"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>KBI Global Investors_MiFIDII_EM</vt:lpstr>
     </vt:vector>